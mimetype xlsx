--- v0 (2025-11-06)
+++ v1 (2026-01-12)
@@ -194,294 +194,294 @@
   <si>
     <t>11.10.25</t>
   </si>
   <si>
     <t>Žabí běh podzimní, běh na odhadnutý čas (7 a 2 km) (5)</t>
   </si>
   <si>
     <t>12.10.25</t>
   </si>
   <si>
     <t>Běh pro hospic (21,1 km), Milovice (6)</t>
   </si>
   <si>
     <t>19.10.25</t>
   </si>
   <si>
     <t>Běh pro hospic (42,2/10,5 a 3,2 km), Milovice (5)</t>
   </si>
   <si>
     <t>Ádrkros (9 km) (0)</t>
   </si>
   <si>
     <t>1.11.25</t>
   </si>
   <si>
-    <t>Bonboňácké bowlování (0)</t>
+    <t>Bonboňácké bowlování (22)</t>
   </si>
   <si>
     <t>6.11.25</t>
   </si>
   <si>
-    <t>Král Točné - Žaludská osma (8 km) (0)</t>
+    <t>Král Točné - Žaludská osma (8 km) (5)</t>
   </si>
   <si>
     <t>8.11.25</t>
   </si>
   <si>
-    <t>Hostivařský běh (5 km) (0)</t>
+    <t>Hostivařská šance (5 km) (6)</t>
   </si>
   <si>
     <t>29.11.25</t>
   </si>
   <si>
-    <t>Silvestrovský Běh Apolinářskou zahradou (20 - 25 minut) (0)</t>
+    <t>Silvestrovský Běh Apolinářskou zahradou (20 - 25 minut) (12)</t>
   </si>
   <si>
     <t>31.12.26</t>
   </si>
   <si>
-    <t>Silvestrovský běh Jardy Štercla (0)</t>
-[...2 lines deleted...]
-    <t>Vběhnutí do sezóny (1 - 8 km) (0)</t>
+    <t>Silvestrovský běh Jardy Štercla (4)</t>
+  </si>
+  <si>
+    <t>Vběhnutí do sezóny (1 - 8 km) (14)</t>
   </si>
   <si>
     <t>4.1.26</t>
   </si>
   <si>
     <t>Z Karlštejna po červené (0)</t>
   </si>
   <si>
     <t>11.1.26</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>BODY</t>
   </si>
   <si>
     <t>Jméno \ Termín</t>
   </si>
   <si>
     <t>Dana Jiřičná</t>
   </si>
   <si>
     <t>Petr "Aubi" Aubrecht</t>
   </si>
   <si>
     <t>Jiří "velkej jirka" Zbytovský</t>
   </si>
   <si>
     <t>Táňa "Tkanička" Šmejkalová</t>
   </si>
   <si>
     <t>Martin Jiřičný</t>
   </si>
   <si>
     <t>Stanislav "Slamák" Slamiak</t>
   </si>
   <si>
     <t>Hana Šanderová</t>
   </si>
   <si>
     <t>Ota Štros</t>
   </si>
   <si>
+    <t>Alena Hábltová</t>
+  </si>
+  <si>
     <t>Miloš "Šolim" Němec</t>
   </si>
   <si>
     <t>Jana Požgayová</t>
   </si>
   <si>
+    <t>Martin Šandera</t>
+  </si>
+  <si>
     <t>Evžen Ge</t>
   </si>
   <si>
-    <t>Martin Šandera</t>
-[...4 lines deleted...]
-  <si>
     <t>Vojtěch Svoboda</t>
   </si>
   <si>
     <t>Alena "Čmelda" Němcová</t>
   </si>
   <si>
+    <t>Štěpán Kasal</t>
+  </si>
+  <si>
     <t>Alice "Blecha" Štrosová</t>
   </si>
   <si>
     <t>Lucie "Bobina" Vodičková</t>
   </si>
   <si>
-    <t>Štěpán Kasal</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomáš Ledvina</t>
   </si>
   <si>
     <t>Libuše "Libuna" Vlachynská</t>
   </si>
   <si>
+    <t>Adriana Mašková</t>
+  </si>
+  <si>
     <t>Klára Prokopová</t>
   </si>
   <si>
+    <t>Kateřina Šanderová</t>
+  </si>
+  <si>
     <t>Petr Šmejkal</t>
   </si>
   <si>
+    <t>Pavlína "Králíková" Nápravová</t>
+  </si>
+  <si>
     <t>Vítek Morava</t>
   </si>
   <si>
-    <t>Pavlína "Králíková" Nápravová</t>
-[...4 lines deleted...]
-  <si>
     <t>Jan Šmejkal</t>
   </si>
   <si>
     <t>Petr Aubrecht ml.</t>
   </si>
   <si>
+    <t>Jaroslav Němec</t>
+  </si>
+  <si>
     <t>Marie Kunstátová</t>
   </si>
   <si>
-    <t>Adriana Mašková</t>
-[...4 lines deleted...]
-  <si>
     <t>Růžena Kasalová</t>
   </si>
   <si>
     <t>Jitka Turčínová</t>
   </si>
   <si>
     <t>Stanislav Valko</t>
   </si>
   <si>
+    <t>František Cipl</t>
+  </si>
+  <si>
     <t>Markéta Bartošová</t>
   </si>
   <si>
-    <t>František Cipl</t>
+    <t>Kateřina Němcová</t>
   </si>
   <si>
     <t>Petr Sládek</t>
   </si>
   <si>
-    <t>Kateřina Němcová</t>
-[...1 lines deleted...]
-  <si>
     <t>Michaela Patolánová</t>
   </si>
   <si>
     <t>Jakub Rücker</t>
   </si>
   <si>
+    <t>Ondřej Kulhánek</t>
+  </si>
+  <si>
     <t>Lucie Macáková</t>
   </si>
   <si>
+    <t>Jiří Oplatek</t>
+  </si>
+  <si>
     <t>Jan Šandera</t>
   </si>
   <si>
+    <t>Iva "Liška" Bařtipánová</t>
+  </si>
+  <si>
     <t>Lukáš Rücker</t>
   </si>
   <si>
     <t>Oldřich Rücker</t>
   </si>
   <si>
     <t>Jan Sadílek</t>
   </si>
   <si>
+    <t>Karel Schestauber</t>
+  </si>
+  <si>
+    <t>Jiří Ugorný</t>
+  </si>
+  <si>
     <t>Antony Ashford</t>
   </si>
   <si>
-    <t>Iva "Liška" Bařtipánová</t>
-[...1 lines deleted...]
-  <si>
     <t>Karla Fejfarová</t>
   </si>
   <si>
     <t>Hana Jarošová</t>
   </si>
   <si>
     <t>Jan Kozler</t>
   </si>
   <si>
     <t>Petr Kozler</t>
   </si>
   <si>
-    <t>Ondřej Kulhánek</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Lankaš</t>
   </si>
   <si>
     <t>Jan Míšek</t>
   </si>
   <si>
     <t>Petr Novák</t>
   </si>
   <si>
     <t>Jan Omasta</t>
   </si>
   <si>
-    <t>Jiří Oplatek</t>
-[...1 lines deleted...]
-  <si>
     <t>Ivan Rott</t>
   </si>
   <si>
     <t>Jana Rottová</t>
   </si>
   <si>
-    <t>Karel Schestauber</t>
-[...1 lines deleted...]
-  <si>
     <t>Martin Slomek</t>
   </si>
   <si>
     <t>Aneta Štrosová</t>
   </si>
   <si>
     <t>Petr Šturm</t>
   </si>
   <si>
     <t>Milan Švehla</t>
   </si>
   <si>
     <t>Eva Švehlová</t>
   </si>
   <si>
     <t>Šárka Toulová</t>
-  </si>
-[...1 lines deleted...]
-    <t>Jiří Ugorný</t>
   </si>
   <si>
     <t>Erika Valková</t>
   </si>
   <si>
     <t>Kateřina "Hujerová, Ká" Vysloužilová</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="18.0"/>
       <color indexed="10"/>
@@ -576,56 +576,56 @@
     <col min="10" max="10" width="22.1875" customWidth="true" bestFit="true"/>
     <col min="11" max="11" width="31.63671875" customWidth="true" bestFit="true"/>
     <col min="12" max="12" width="17.08984375" customWidth="true" bestFit="true"/>
     <col min="13" max="13" width="26.23046875" customWidth="true" bestFit="true"/>
     <col min="14" max="14" width="34.3515625" customWidth="true" bestFit="true"/>
     <col min="15" max="15" width="25.27734375" customWidth="true" bestFit="true"/>
     <col min="16" max="16" width="38.70703125" customWidth="true" bestFit="true"/>
     <col min="17" max="17" width="38.96875" customWidth="true" bestFit="true"/>
     <col min="18" max="18" width="24.54296875" customWidth="true" bestFit="true"/>
     <col min="19" max="19" width="36.5546875" customWidth="true" bestFit="true"/>
     <col min="20" max="20" width="40.73046875" customWidth="true" bestFit="true"/>
     <col min="21" max="21" width="30.85546875" customWidth="true" bestFit="true"/>
     <col min="22" max="22" width="39.0625" customWidth="true" bestFit="true"/>
     <col min="23" max="23" width="36.1796875" customWidth="true" bestFit="true"/>
     <col min="24" max="24" width="64.1015625" customWidth="true" bestFit="true"/>
     <col min="25" max="25" width="26.19140625" customWidth="true" bestFit="true"/>
     <col min="26" max="26" width="20.14453125" customWidth="true" bestFit="true"/>
     <col min="27" max="27" width="65.10546875" customWidth="true" bestFit="true"/>
     <col min="28" max="28" width="36.22265625" customWidth="true" bestFit="true"/>
     <col min="29" max="29" width="25.33203125" customWidth="true" bestFit="true"/>
     <col min="30" max="30" width="55.3671875" customWidth="true" bestFit="true"/>
     <col min="31" max="31" width="50.7265625" customWidth="true" bestFit="true"/>
     <col min="32" max="32" width="34.80078125" customWidth="true" bestFit="true"/>
     <col min="33" max="33" width="44.19140625" customWidth="true" bestFit="true"/>
     <col min="34" max="34" width="17.35546875" customWidth="true" bestFit="true"/>
-    <col min="35" max="35" width="24.484375" customWidth="true" bestFit="true"/>
+    <col min="35" max="35" width="25.578125" customWidth="true" bestFit="true"/>
     <col min="36" max="36" width="34.84375" customWidth="true" bestFit="true"/>
-    <col min="37" max="37" width="24.74609375" customWidth="true" bestFit="true"/>
-    <col min="38" max="38" width="54.69921875" customWidth="true" bestFit="true"/>
+    <col min="37" max="37" width="26.5859375" customWidth="true" bestFit="true"/>
+    <col min="38" max="38" width="55.7890625" customWidth="true" bestFit="true"/>
     <col min="39" max="39" width="31.74609375" customWidth="true" bestFit="true"/>
-    <col min="40" max="40" width="30.73828125" customWidth="true" bestFit="true"/>
+    <col min="40" max="40" width="31.83203125" customWidth="true" bestFit="true"/>
     <col min="41" max="41" width="25.1953125" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="30.0" customHeight="true">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="3">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="3">
         <v>4</v>
       </c>
       <c r="E1" t="s" s="3">
         <v>6</v>
       </c>
       <c r="F1" t="s" s="3">
         <v>8</v>
       </c>
       <c r="G1" t="s" s="3">
         <v>10</v>
       </c>
@@ -843,51 +843,51 @@
       </c>
       <c r="AJ2" t="s" s="3">
         <v>65</v>
       </c>
       <c r="AK2" t="s" s="3">
         <v>67</v>
       </c>
       <c r="AL2" t="s" s="3">
         <v>69</v>
       </c>
       <c r="AM2" t="s" s="3">
         <v>69</v>
       </c>
       <c r="AN2" t="s" s="3">
         <v>72</v>
       </c>
       <c r="AO2" t="s" s="3">
         <v>74</v>
       </c>
       <c r="AP2" t="s" s="3">
         <v>76</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n" s="3">
-        <v>54.0</v>
+        <v>62.0</v>
       </c>
       <c r="B3" t="s" s="3">
         <v>78</v>
       </c>
       <c r="C3" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H3" s="0"/>
       <c r="I3" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J3" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K3" t="n" s="0">
@@ -920,61 +920,71 @@
       <c r="V3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="W3" s="0"/>
       <c r="X3" s="0"/>
       <c r="Y3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Z3" s="0"/>
       <c r="AA3" s="0"/>
       <c r="AB3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AC3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD3" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE3" s="0"/>
       <c r="AF3" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG3" s="0"/>
       <c r="AH3" s="0"/>
-      <c r="AI3" s="0"/>
-[...2 lines deleted...]
-      <c r="AL3" s="0"/>
+      <c r="AI3" t="n" s="0">
+        <v>1.0</v>
+      </c>
+      <c r="AJ3" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AK3" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AL3" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM3" s="0"/>
-      <c r="AN3" s="0"/>
+      <c r="AN3" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" t="n" s="3">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="B4" t="s" s="3">
         <v>79</v>
       </c>
       <c r="C4" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="G4" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H4" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I4" t="n" s="0">
         <v>4.0</v>
       </c>
@@ -1005,61 +1015,67 @@
       </c>
       <c r="U4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="W4" s="0"/>
       <c r="X4" s="0"/>
       <c r="Y4" s="0"/>
       <c r="Z4" s="0"/>
       <c r="AA4" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AB4" s="0"/>
       <c r="AC4" s="0"/>
       <c r="AD4" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE4" s="0"/>
       <c r="AF4" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG4" s="0"/>
       <c r="AH4" s="0"/>
-      <c r="AI4" s="0"/>
+      <c r="AI4" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ4" s="0"/>
-      <c r="AK4" s="0"/>
+      <c r="AK4" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AL4" s="0"/>
       <c r="AM4" s="0"/>
-      <c r="AN4" s="0"/>
+      <c r="AN4" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" t="n" s="3">
-        <v>47.0</v>
+        <v>50.0</v>
       </c>
       <c r="B5" t="s" s="3">
         <v>80</v>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0"/>
       <c r="E5" s="0"/>
       <c r="F5" s="0"/>
       <c r="G5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J5" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L5" t="n" s="0">
         <v>4.0</v>
@@ -1087,58 +1103,62 @@
       <c r="W5" s="0"/>
       <c r="X5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Y5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Z5" s="0"/>
       <c r="AA5" s="0"/>
       <c r="AB5" s="0"/>
       <c r="AC5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD5" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE5" s="0"/>
       <c r="AF5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG5" s="0"/>
       <c r="AH5" s="0"/>
       <c r="AI5" s="0"/>
       <c r="AJ5" s="0"/>
       <c r="AK5" s="0"/>
-      <c r="AL5" s="0"/>
+      <c r="AL5" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM5" s="0"/>
-      <c r="AN5" s="0"/>
+      <c r="AN5" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" t="n" s="3">
-        <v>41.0</v>
+        <v>47.0</v>
       </c>
       <c r="B6" t="s" s="3">
         <v>81</v>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="G6" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H6" s="0"/>
       <c r="I6" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J6" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K6" t="n" s="0">
@@ -1159,61 +1179,69 @@
       </c>
       <c r="Q6" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="R6" s="0"/>
       <c r="S6" s="0"/>
       <c r="T6" s="0"/>
       <c r="U6" s="0"/>
       <c r="V6" s="0"/>
       <c r="W6" s="0"/>
       <c r="X6" s="0"/>
       <c r="Y6" s="0"/>
       <c r="Z6" s="0"/>
       <c r="AA6" s="0"/>
       <c r="AB6" s="0"/>
       <c r="AC6" s="0"/>
       <c r="AD6" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE6" s="0"/>
       <c r="AF6" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG6" s="0"/>
       <c r="AH6" s="0"/>
-      <c r="AI6" s="0"/>
-[...1 lines deleted...]
-      <c r="AK6" s="0"/>
+      <c r="AI6" t="n" s="0">
+        <v>1.0</v>
+      </c>
+      <c r="AJ6" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AK6" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AL6" s="0"/>
       <c r="AM6" s="0"/>
-      <c r="AN6" s="0"/>
+      <c r="AN6" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" t="n" s="3">
-        <v>37.0</v>
+        <v>41.0</v>
       </c>
       <c r="B7" t="s" s="3">
         <v>82</v>
       </c>
       <c r="C7" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0"/>
       <c r="F7" s="0"/>
       <c r="G7" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H7" s="0"/>
       <c r="I7" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L7" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M7" s="0"/>
@@ -1230,61 +1258,67 @@
       <c r="R7" s="0"/>
       <c r="S7" s="0"/>
       <c r="T7" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="U7" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V7" s="0"/>
       <c r="W7" s="0"/>
       <c r="X7" s="0"/>
       <c r="Y7" s="0"/>
       <c r="Z7" s="0"/>
       <c r="AA7" s="0"/>
       <c r="AB7" s="0"/>
       <c r="AC7" s="0"/>
       <c r="AD7" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE7" s="0"/>
       <c r="AF7" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG7" s="0"/>
       <c r="AH7" s="0"/>
-      <c r="AI7" s="0"/>
+      <c r="AI7" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ7" s="0"/>
       <c r="AK7" s="0"/>
-      <c r="AL7" s="0"/>
+      <c r="AL7" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM7" s="0"/>
-      <c r="AN7" s="0"/>
+      <c r="AN7" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO7" s="0"/>
     </row>
     <row r="8">
       <c r="A8" t="n" s="3">
-        <v>36.0</v>
+        <v>41.0</v>
       </c>
       <c r="B8" t="s" s="3">
         <v>83</v>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0"/>
       <c r="E8" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H8" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I8" s="0"/>
       <c r="J8" s="0"/>
       <c r="K8" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L8" s="0"/>
       <c r="M8" t="n" s="0">
         <v>2.0</v>
       </c>
@@ -1305,61 +1339,67 @@
       </c>
       <c r="U8" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V8" s="0"/>
       <c r="W8" s="0"/>
       <c r="X8" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Y8" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Z8" s="0"/>
       <c r="AA8" s="0"/>
       <c r="AB8" s="0"/>
       <c r="AC8" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD8" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE8" s="0"/>
       <c r="AF8" s="0"/>
       <c r="AG8" s="0"/>
       <c r="AH8" s="0"/>
-      <c r="AI8" s="0"/>
+      <c r="AI8" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ8" s="0"/>
-      <c r="AK8" s="0"/>
-      <c r="AL8" s="0"/>
+      <c r="AK8" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AL8" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM8" s="0"/>
       <c r="AN8" s="0"/>
       <c r="AO8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" t="n" s="3">
-        <v>35.0</v>
+        <v>39.0</v>
       </c>
       <c r="B9" t="s" s="3">
         <v>84</v>
       </c>
       <c r="C9" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H9" s="0"/>
       <c r="I9" s="0"/>
       <c r="J9" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K9" s="0"/>
       <c r="L9" s="0"/>
       <c r="M9" s="0"/>
       <c r="N9" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="O9" s="0"/>
@@ -1375,60 +1415,64 @@
         <v>2.0</v>
       </c>
       <c r="U9" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V9" s="0"/>
       <c r="W9" s="0"/>
       <c r="X9" s="0"/>
       <c r="Y9" s="0"/>
       <c r="Z9" s="0"/>
       <c r="AA9" s="0"/>
       <c r="AB9" s="0"/>
       <c r="AC9" s="0"/>
       <c r="AD9" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE9" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="AF9" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG9" s="0"/>
       <c r="AH9" s="0"/>
       <c r="AI9" s="0"/>
-      <c r="AJ9" s="0"/>
+      <c r="AJ9" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AK9" s="0"/>
-      <c r="AL9" s="0"/>
+      <c r="AL9" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM9" s="0"/>
       <c r="AN9" s="0"/>
       <c r="AO9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" t="n" s="3">
-        <v>35.0</v>
+        <v>37.0</v>
       </c>
       <c r="B10" t="s" s="3">
         <v>85</v>
       </c>
       <c r="C10" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H10" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I10" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0"/>
@@ -1445,266 +1489,292 @@
       <c r="R10" s="0"/>
       <c r="S10" s="0"/>
       <c r="T10" s="0"/>
       <c r="U10" s="0"/>
       <c r="V10" s="0"/>
       <c r="W10" s="0"/>
       <c r="X10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Y10" s="0"/>
       <c r="Z10" s="0"/>
       <c r="AA10" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AB10" s="0"/>
       <c r="AC10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD10" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE10" s="0"/>
       <c r="AF10" s="0"/>
       <c r="AG10" s="0"/>
       <c r="AH10" s="0"/>
-      <c r="AI10" s="0"/>
+      <c r="AI10" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ10" s="0"/>
       <c r="AK10" s="0"/>
       <c r="AL10" s="0"/>
       <c r="AM10" s="0"/>
-      <c r="AN10" s="0"/>
+      <c r="AN10" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO10" s="0"/>
     </row>
     <row r="11">
       <c r="A11" t="n" s="3">
-        <v>31.0</v>
+        <v>35.0</v>
       </c>
       <c r="B11" t="s" s="3">
         <v>86</v>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0"/>
-      <c r="E11" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="E11" s="0"/>
       <c r="F11" s="0"/>
       <c r="G11" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="H11" t="n" s="0">
-[...8 lines deleted...]
-      <c r="K11" s="0"/>
+      <c r="H11" s="0"/>
+      <c r="I11" s="0"/>
+      <c r="J11" s="0"/>
+      <c r="K11" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="L11" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="M11" s="0"/>
+      <c r="M11" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="N11" s="0"/>
       <c r="O11" t="n" s="0">
         <v>2.0</v>
       </c>
-      <c r="P11" s="0"/>
-      <c r="Q11" s="0"/>
+      <c r="P11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="Q11" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="R11" s="0"/>
       <c r="S11" s="0"/>
-      <c r="T11" s="0"/>
-[...1 lines deleted...]
-      <c r="V11" s="0"/>
+      <c r="T11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="U11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="V11" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="W11" s="0"/>
       <c r="X11" s="0"/>
       <c r="Y11" s="0"/>
       <c r="Z11" s="0"/>
-      <c r="AA11" t="n" s="0">
-[...6 lines deleted...]
-      </c>
+      <c r="AA11" s="0"/>
+      <c r="AB11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AC11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AD11" s="0"/>
       <c r="AE11" s="0"/>
       <c r="AF11" s="0"/>
-      <c r="AG11" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AG11" s="0"/>
       <c r="AH11" s="0"/>
-      <c r="AI11" s="0"/>
+      <c r="AI11" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ11" s="0"/>
       <c r="AK11" s="0"/>
-      <c r="AL11" s="0"/>
-[...1 lines deleted...]
-      <c r="AN11" s="0"/>
+      <c r="AL11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AM11" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AN11" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO11" s="0"/>
     </row>
     <row r="12">
       <c r="A12" t="n" s="3">
-        <v>31.0</v>
+        <v>35.0</v>
       </c>
       <c r="B12" t="s" s="3">
         <v>87</v>
       </c>
-      <c r="C12" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="H12" s="0"/>
+      <c r="H12" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="I12" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J12" t="n" s="0">
         <v>3.0</v>
       </c>
-      <c r="K12" t="n" s="0">
-[...5 lines deleted...]
-      </c>
+      <c r="K12" s="0"/>
+      <c r="L12" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="M12" s="0"/>
       <c r="N12" s="0"/>
       <c r="O12" t="n" s="0">
         <v>2.0</v>
       </c>
-      <c r="P12" t="n" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="P12" s="0"/>
+      <c r="Q12" s="0"/>
       <c r="R12" s="0"/>
       <c r="S12" s="0"/>
-      <c r="T12" t="n" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="T12" s="0"/>
+      <c r="U12" s="0"/>
       <c r="V12" s="0"/>
       <c r="W12" s="0"/>
       <c r="X12" s="0"/>
       <c r="Y12" s="0"/>
       <c r="Z12" s="0"/>
-      <c r="AA12" s="0"/>
+      <c r="AA12" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB12" s="0"/>
       <c r="AC12" s="0"/>
-      <c r="AD12" s="0"/>
+      <c r="AD12" t="n" s="0">
+        <v>5.0</v>
+      </c>
       <c r="AE12" s="0"/>
       <c r="AF12" s="0"/>
-      <c r="AG12" s="0"/>
+      <c r="AG12" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AH12" s="0"/>
-      <c r="AI12" s="0"/>
+      <c r="AI12" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ12" s="0"/>
       <c r="AK12" s="0"/>
-      <c r="AL12" s="0"/>
+      <c r="AL12" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM12" s="0"/>
-      <c r="AN12" s="0"/>
+      <c r="AN12" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" t="n" s="3">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="B13" t="s" s="3">
         <v>88</v>
       </c>
-      <c r="C13" s="0"/>
+      <c r="C13" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="D13" s="0"/>
       <c r="E13" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H13" s="0"/>
       <c r="I13" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J13" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K13" t="n" s="0">
         <v>2.0</v>
       </c>
-      <c r="L13" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L13" s="0"/>
       <c r="M13" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="N13" s="0"/>
       <c r="O13" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="P13" t="n" s="0">
         <v>2.0</v>
       </c>
-      <c r="Q13" s="0"/>
+      <c r="Q13" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="R13" s="0"/>
       <c r="S13" s="0"/>
-      <c r="T13" s="0"/>
-      <c r="U13" s="0"/>
+      <c r="T13" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="U13" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="V13" s="0"/>
       <c r="W13" s="0"/>
       <c r="X13" s="0"/>
       <c r="Y13" s="0"/>
       <c r="Z13" s="0"/>
       <c r="AA13" s="0"/>
       <c r="AB13" s="0"/>
       <c r="AC13" s="0"/>
-      <c r="AD13" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AD13" s="0"/>
       <c r="AE13" s="0"/>
       <c r="AF13" s="0"/>
       <c r="AG13" s="0"/>
       <c r="AH13" s="0"/>
-      <c r="AI13" s="0"/>
+      <c r="AI13" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ13" s="0"/>
-      <c r="AK13" s="0"/>
+      <c r="AK13" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AL13" s="0"/>
       <c r="AM13" s="0"/>
       <c r="AN13" s="0"/>
       <c r="AO13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" t="n" s="3">
-        <v>30.0</v>
+        <v>34.0</v>
       </c>
       <c r="B14" t="s" s="3">
         <v>89</v>
       </c>
       <c r="C14" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H14" s="0"/>
       <c r="I14" s="0"/>
       <c r="J14" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K14" s="0"/>
       <c r="L14" s="0"/>
       <c r="M14" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="N14" t="n" s="0">
         <v>2.0</v>
@@ -1720,131 +1790,135 @@
       <c r="S14" s="0"/>
       <c r="T14" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="U14" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V14" s="0"/>
       <c r="W14" s="0"/>
       <c r="X14" s="0"/>
       <c r="Y14" s="0"/>
       <c r="Z14" s="0"/>
       <c r="AA14" s="0"/>
       <c r="AB14" s="0"/>
       <c r="AC14" s="0"/>
       <c r="AD14" s="0"/>
       <c r="AE14" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="AF14" s="0"/>
       <c r="AG14" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AH14" s="0"/>
       <c r="AI14" s="0"/>
-      <c r="AJ14" s="0"/>
+      <c r="AJ14" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AK14" s="0"/>
-      <c r="AL14" s="0"/>
+      <c r="AL14" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM14" s="0"/>
       <c r="AN14" s="0"/>
       <c r="AO14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" t="n" s="3">
-        <v>29.0</v>
+        <v>33.0</v>
       </c>
       <c r="B15" t="s" s="3">
         <v>90</v>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0"/>
-      <c r="E15" s="0"/>
+      <c r="E15" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="F15" s="0"/>
       <c r="G15" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H15" s="0"/>
-      <c r="I15" s="0"/>
-      <c r="J15" s="0"/>
+      <c r="I15" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="J15" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="K15" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L15" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M15" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="N15" s="0"/>
       <c r="O15" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="P15" t="n" s="0">
         <v>2.0</v>
       </c>
-      <c r="Q15" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Q15" s="0"/>
       <c r="R15" s="0"/>
       <c r="S15" s="0"/>
-      <c r="T15" t="n" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="T15" s="0"/>
+      <c r="U15" s="0"/>
+      <c r="V15" s="0"/>
       <c r="W15" s="0"/>
       <c r="X15" s="0"/>
       <c r="Y15" s="0"/>
       <c r="Z15" s="0"/>
       <c r="AA15" s="0"/>
-      <c r="AB15" t="n" s="0">
-[...5 lines deleted...]
-      <c r="AD15" s="0"/>
+      <c r="AB15" s="0"/>
+      <c r="AC15" s="0"/>
+      <c r="AD15" t="n" s="0">
+        <v>5.0</v>
+      </c>
       <c r="AE15" s="0"/>
       <c r="AF15" s="0"/>
       <c r="AG15" s="0"/>
       <c r="AH15" s="0"/>
-      <c r="AI15" s="0"/>
+      <c r="AI15" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ15" s="0"/>
-      <c r="AK15" s="0"/>
+      <c r="AK15" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AL15" s="0"/>
       <c r="AM15" s="0"/>
       <c r="AN15" s="0"/>
       <c r="AO15" s="0"/>
     </row>
     <row r="16">
       <c r="A16" t="n" s="3">
-        <v>29.0</v>
+        <v>32.0</v>
       </c>
       <c r="B16" t="s" s="3">
         <v>91</v>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0"/>
       <c r="E16" s="0"/>
       <c r="F16" s="0"/>
       <c r="G16" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H16" s="0"/>
       <c r="I16" s="0"/>
       <c r="J16" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K16" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L16" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M16" s="0"/>
       <c r="N16" s="0"/>
       <c r="O16" t="n" s="0">
@@ -1857,61 +1931,65 @@
         <v>3.0</v>
       </c>
       <c r="R16" s="0"/>
       <c r="S16" s="0"/>
       <c r="T16" s="0"/>
       <c r="U16" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V16" s="0"/>
       <c r="W16" s="0"/>
       <c r="X16" s="0"/>
       <c r="Y16" s="0"/>
       <c r="Z16" s="0"/>
       <c r="AA16" s="0"/>
       <c r="AB16" s="0"/>
       <c r="AC16" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD16" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE16" s="0"/>
       <c r="AF16" s="0"/>
       <c r="AG16" s="0"/>
       <c r="AH16" s="0"/>
-      <c r="AI16" s="0"/>
+      <c r="AI16" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ16" s="0"/>
       <c r="AK16" s="0"/>
       <c r="AL16" s="0"/>
-      <c r="AM16" s="0"/>
+      <c r="AM16" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AN16" s="0"/>
       <c r="AO16" s="0"/>
     </row>
     <row r="17">
       <c r="A17" t="n" s="3">
-        <v>27.0</v>
+        <v>31.0</v>
       </c>
       <c r="B17" t="s" s="3">
         <v>92</v>
       </c>
       <c r="C17" s="0"/>
       <c r="D17" s="0"/>
       <c r="E17" s="0"/>
       <c r="F17" s="0"/>
       <c r="G17" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H17" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I17" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J17" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K17" s="0"/>
       <c r="L17" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M17" s="0"/>
@@ -1920,244 +1998,260 @@
         <v>2.0</v>
       </c>
       <c r="P17" s="0"/>
       <c r="Q17" s="0"/>
       <c r="R17" s="0"/>
       <c r="S17" s="0"/>
       <c r="T17" s="0"/>
       <c r="U17" s="0"/>
       <c r="V17" s="0"/>
       <c r="W17" s="0"/>
       <c r="X17" s="0"/>
       <c r="Y17" s="0"/>
       <c r="Z17" s="0"/>
       <c r="AA17" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AB17" s="0"/>
       <c r="AC17" s="0"/>
       <c r="AD17" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE17" s="0"/>
       <c r="AF17" s="0"/>
       <c r="AG17" s="0"/>
       <c r="AH17" s="0"/>
-      <c r="AI17" s="0"/>
+      <c r="AI17" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ17" s="0"/>
       <c r="AK17" s="0"/>
-      <c r="AL17" s="0"/>
+      <c r="AL17" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM17" s="0"/>
-      <c r="AN17" s="0"/>
+      <c r="AN17" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" t="n" s="3">
-        <v>27.0</v>
+        <v>29.0</v>
       </c>
       <c r="B18" t="s" s="3">
         <v>93</v>
       </c>
-      <c r="C18" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="H18" t="n" s="0">
-[...5 lines deleted...]
-      <c r="J18" s="0"/>
+      <c r="H18" s="0"/>
+      <c r="I18" s="0"/>
+      <c r="J18" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="K18" s="0"/>
-      <c r="L18" t="n" s="0">
-[...2 lines deleted...]
-      <c r="M18" s="0"/>
+      <c r="L18" s="0"/>
+      <c r="M18" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="N18" s="0"/>
-      <c r="O18" s="0"/>
+      <c r="O18" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="P18" s="0"/>
-      <c r="Q18" s="0"/>
+      <c r="Q18" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="R18" s="0"/>
       <c r="S18" s="0"/>
       <c r="T18" s="0"/>
-      <c r="U18" s="0"/>
+      <c r="U18" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="V18" s="0"/>
       <c r="W18" s="0"/>
-      <c r="X18" s="0"/>
+      <c r="X18" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="Y18" s="0"/>
       <c r="Z18" s="0"/>
-      <c r="AA18" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA18" s="0"/>
       <c r="AB18" s="0"/>
       <c r="AC18" s="0"/>
       <c r="AD18" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE18" s="0"/>
       <c r="AF18" s="0"/>
       <c r="AG18" s="0"/>
       <c r="AH18" s="0"/>
       <c r="AI18" s="0"/>
       <c r="AJ18" s="0"/>
       <c r="AK18" s="0"/>
-      <c r="AL18" s="0"/>
-      <c r="AM18" s="0"/>
+      <c r="AL18" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AM18" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AN18" s="0"/>
       <c r="AO18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" t="n" s="3">
-        <v>27.0</v>
+        <v>29.0</v>
       </c>
       <c r="B19" t="s" s="3">
         <v>94</v>
       </c>
-      <c r="C19" s="0"/>
+      <c r="C19" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="D19" s="0"/>
-      <c r="E19" s="0"/>
+      <c r="E19" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="F19" s="0"/>
       <c r="G19" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="H19" s="0"/>
-[...3 lines deleted...]
-      </c>
+      <c r="H19" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="I19" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="J19" s="0"/>
       <c r="K19" s="0"/>
       <c r="L19" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M19" s="0"/>
       <c r="N19" s="0"/>
-      <c r="O19" t="n" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="O19" s="0"/>
+      <c r="P19" s="0"/>
+      <c r="Q19" s="0"/>
       <c r="R19" s="0"/>
       <c r="S19" s="0"/>
       <c r="T19" s="0"/>
-      <c r="U19" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="U19" s="0"/>
       <c r="V19" s="0"/>
       <c r="W19" s="0"/>
       <c r="X19" s="0"/>
       <c r="Y19" s="0"/>
       <c r="Z19" s="0"/>
-      <c r="AA19" s="0"/>
+      <c r="AA19" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB19" s="0"/>
-      <c r="AC19" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AC19" s="0"/>
       <c r="AD19" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE19" s="0"/>
       <c r="AF19" s="0"/>
       <c r="AG19" s="0"/>
       <c r="AH19" s="0"/>
-      <c r="AI19" s="0"/>
+      <c r="AI19" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ19" s="0"/>
       <c r="AK19" s="0"/>
       <c r="AL19" s="0"/>
       <c r="AM19" s="0"/>
-      <c r="AN19" s="0"/>
+      <c r="AN19" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" t="n" s="3">
-        <v>25.0</v>
+        <v>28.0</v>
       </c>
       <c r="B20" t="s" s="3">
         <v>95</v>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0"/>
-      <c r="E20" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="E20" s="0"/>
       <c r="F20" s="0"/>
       <c r="G20" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H20" s="0"/>
       <c r="I20" s="0"/>
       <c r="J20" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K20" s="0"/>
-      <c r="L20" s="0"/>
-[...2 lines deleted...]
-      </c>
+      <c r="L20" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="M20" s="0"/>
       <c r="N20" s="0"/>
       <c r="O20" t="n" s="0">
         <v>2.0</v>
       </c>
-      <c r="P20" s="0"/>
+      <c r="P20" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="Q20" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="R20" s="0"/>
       <c r="S20" s="0"/>
       <c r="T20" s="0"/>
       <c r="U20" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="V20" s="0"/>
       <c r="W20" s="0"/>
-      <c r="X20" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X20" s="0"/>
       <c r="Y20" s="0"/>
       <c r="Z20" s="0"/>
       <c r="AA20" s="0"/>
       <c r="AB20" s="0"/>
-      <c r="AC20" s="0"/>
+      <c r="AC20" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AD20" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE20" s="0"/>
       <c r="AF20" s="0"/>
       <c r="AG20" s="0"/>
       <c r="AH20" s="0"/>
-      <c r="AI20" s="0"/>
+      <c r="AI20" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ20" s="0"/>
       <c r="AK20" s="0"/>
       <c r="AL20" s="0"/>
       <c r="AM20" s="0"/>
       <c r="AN20" s="0"/>
       <c r="AO20" s="0"/>
     </row>
     <row r="21">
       <c r="A21" t="n" s="3">
         <v>22.0</v>
       </c>
       <c r="B21" t="s" s="3">
         <v>96</v>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0"/>
       <c r="E21" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H21" s="0"/>
       <c r="I21" s="0"/>
@@ -2260,566 +2354,580 @@
       <c r="AE22" s="0"/>
       <c r="AF22" s="0"/>
       <c r="AG22" s="0"/>
       <c r="AH22" s="0"/>
       <c r="AI22" s="0"/>
       <c r="AJ22" s="0"/>
       <c r="AK22" s="0"/>
       <c r="AL22" s="0"/>
       <c r="AM22" s="0"/>
       <c r="AN22" s="0"/>
       <c r="AO22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" t="n" s="3">
         <v>13.0</v>
       </c>
       <c r="B23" t="s" s="3">
         <v>98</v>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0"/>
       <c r="E23" s="0"/>
       <c r="F23" s="0"/>
       <c r="G23" s="0"/>
       <c r="H23" s="0"/>
-      <c r="I23" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="0"/>
       <c r="J23" s="0"/>
       <c r="K23" s="0"/>
       <c r="L23" s="0"/>
-      <c r="M23" s="0"/>
+      <c r="M23" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="N23" s="0"/>
       <c r="O23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="P23" s="0"/>
       <c r="Q23" s="0"/>
       <c r="R23" s="0"/>
       <c r="S23" s="0"/>
       <c r="T23" s="0"/>
       <c r="U23" s="0"/>
       <c r="V23" s="0"/>
       <c r="W23" s="0"/>
       <c r="X23" s="0"/>
       <c r="Y23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="Z23" s="0"/>
       <c r="AA23" s="0"/>
-      <c r="AB23" s="0"/>
+      <c r="AB23" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AC23" s="0"/>
-      <c r="AD23" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AD23" s="0"/>
       <c r="AE23" s="0"/>
       <c r="AF23" s="0"/>
       <c r="AG23" s="0"/>
       <c r="AH23" s="0"/>
       <c r="AI23" s="0"/>
       <c r="AJ23" s="0"/>
       <c r="AK23" s="0"/>
-      <c r="AL23" s="0"/>
-[...1 lines deleted...]
-      <c r="AN23" s="0"/>
+      <c r="AL23" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AM23" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AN23" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO23" s="0"/>
     </row>
     <row r="24">
       <c r="A24" t="n" s="3">
         <v>13.0</v>
       </c>
       <c r="B24" t="s" s="3">
         <v>99</v>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0"/>
       <c r="H24" s="0"/>
-      <c r="I24" s="0"/>
+      <c r="I24" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0"/>
-      <c r="L24" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L24" s="0"/>
       <c r="M24" s="0"/>
       <c r="N24" s="0"/>
-      <c r="O24" s="0"/>
+      <c r="O24" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="P24" s="0"/>
       <c r="Q24" s="0"/>
       <c r="R24" s="0"/>
       <c r="S24" s="0"/>
-      <c r="T24" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="T24" s="0"/>
       <c r="U24" s="0"/>
       <c r="V24" s="0"/>
       <c r="W24" s="0"/>
       <c r="X24" s="0"/>
-      <c r="Y24" s="0"/>
+      <c r="Y24" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="Z24" s="0"/>
       <c r="AA24" s="0"/>
       <c r="AB24" s="0"/>
       <c r="AC24" s="0"/>
       <c r="AD24" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE24" s="0"/>
       <c r="AF24" s="0"/>
-      <c r="AG24" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AG24" s="0"/>
       <c r="AH24" s="0"/>
       <c r="AI24" s="0"/>
       <c r="AJ24" s="0"/>
       <c r="AK24" s="0"/>
       <c r="AL24" s="0"/>
       <c r="AM24" s="0"/>
       <c r="AN24" s="0"/>
       <c r="AO24" s="0"/>
     </row>
     <row r="25">
       <c r="A25" t="n" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
       <c r="B25" t="s" s="3">
         <v>100</v>
       </c>
-      <c r="C25" s="0"/>
+      <c r="C25" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0"/>
       <c r="F25" s="0"/>
       <c r="G25" s="0"/>
       <c r="H25" s="0"/>
       <c r="I25" s="0"/>
       <c r="J25" s="0"/>
       <c r="K25" s="0"/>
-      <c r="L25" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L25" s="0"/>
       <c r="M25" s="0"/>
       <c r="N25" s="0"/>
       <c r="O25" s="0"/>
       <c r="P25" s="0"/>
       <c r="Q25" s="0"/>
       <c r="R25" s="0"/>
       <c r="S25" s="0"/>
       <c r="T25" s="0"/>
       <c r="U25" s="0"/>
       <c r="V25" s="0"/>
       <c r="W25" s="0"/>
       <c r="X25" s="0"/>
-      <c r="Y25" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Y25" s="0"/>
       <c r="Z25" s="0"/>
       <c r="AA25" s="0"/>
       <c r="AB25" s="0"/>
       <c r="AC25" s="0"/>
       <c r="AD25" t="n" s="0">
         <v>5.0</v>
       </c>
-      <c r="AE25" s="0"/>
+      <c r="AE25" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="AF25" s="0"/>
       <c r="AG25" s="0"/>
       <c r="AH25" s="0"/>
       <c r="AI25" s="0"/>
       <c r="AJ25" s="0"/>
       <c r="AK25" s="0"/>
-      <c r="AL25" s="0"/>
+      <c r="AL25" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AM25" s="0"/>
       <c r="AN25" s="0"/>
       <c r="AO25" s="0"/>
     </row>
     <row r="26">
       <c r="A26" t="n" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
       <c r="B26" t="s" s="3">
         <v>101</v>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0"/>
       <c r="E26" s="0"/>
       <c r="F26" s="0"/>
       <c r="G26" s="0"/>
       <c r="H26" s="0"/>
       <c r="I26" s="0"/>
-      <c r="J26" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="J26" s="0"/>
       <c r="K26" s="0"/>
       <c r="L26" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="M26" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="M26" s="0"/>
       <c r="N26" s="0"/>
       <c r="O26" s="0"/>
       <c r="P26" s="0"/>
       <c r="Q26" s="0"/>
       <c r="R26" s="0"/>
       <c r="S26" s="0"/>
-      <c r="T26" s="0"/>
-[...2 lines deleted...]
-      </c>
+      <c r="T26" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="U26" s="0"/>
       <c r="V26" s="0"/>
       <c r="W26" s="0"/>
       <c r="X26" s="0"/>
       <c r="Y26" s="0"/>
       <c r="Z26" s="0"/>
       <c r="AA26" s="0"/>
       <c r="AB26" s="0"/>
       <c r="AC26" s="0"/>
-      <c r="AD26" s="0"/>
+      <c r="AD26" t="n" s="0">
+        <v>5.0</v>
+      </c>
       <c r="AE26" s="0"/>
       <c r="AF26" s="0"/>
-      <c r="AG26" s="0"/>
+      <c r="AG26" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AH26" s="0"/>
       <c r="AI26" s="0"/>
       <c r="AJ26" s="0"/>
       <c r="AK26" s="0"/>
       <c r="AL26" s="0"/>
       <c r="AM26" s="0"/>
       <c r="AN26" s="0"/>
       <c r="AO26" s="0"/>
     </row>
     <row r="27">
       <c r="A27" t="n" s="3">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
       <c r="B27" t="s" s="3">
         <v>102</v>
       </c>
-      <c r="C27" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="C27" s="0"/>
       <c r="D27" s="0"/>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0"/>
       <c r="H27" s="0"/>
       <c r="I27" s="0"/>
-      <c r="J27" s="0"/>
+      <c r="J27" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="K27" s="0"/>
-      <c r="L27" s="0"/>
-      <c r="M27" s="0"/>
+      <c r="L27" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="M27" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="N27" s="0"/>
       <c r="O27" s="0"/>
       <c r="P27" s="0"/>
       <c r="Q27" s="0"/>
       <c r="R27" s="0"/>
       <c r="S27" s="0"/>
       <c r="T27" s="0"/>
-      <c r="U27" s="0"/>
+      <c r="U27" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="V27" s="0"/>
       <c r="W27" s="0"/>
       <c r="X27" s="0"/>
       <c r="Y27" s="0"/>
       <c r="Z27" s="0"/>
       <c r="AA27" s="0"/>
       <c r="AB27" s="0"/>
       <c r="AC27" s="0"/>
-      <c r="AD27" t="n" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="AD27" s="0"/>
+      <c r="AE27" s="0"/>
       <c r="AF27" s="0"/>
       <c r="AG27" s="0"/>
       <c r="AH27" s="0"/>
-      <c r="AI27" s="0"/>
+      <c r="AI27" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ27" s="0"/>
       <c r="AK27" s="0"/>
       <c r="AL27" s="0"/>
       <c r="AM27" s="0"/>
       <c r="AN27" s="0"/>
       <c r="AO27" s="0"/>
     </row>
     <row r="28">
       <c r="A28" t="n" s="3">
         <v>11.0</v>
       </c>
       <c r="B28" t="s" s="3">
         <v>103</v>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0"/>
       <c r="E28" s="0"/>
       <c r="F28" s="0"/>
       <c r="G28" s="0"/>
       <c r="H28" s="0"/>
       <c r="I28" s="0"/>
       <c r="J28" s="0"/>
       <c r="K28" s="0"/>
       <c r="L28" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M28" s="0"/>
       <c r="N28" s="0"/>
       <c r="O28" s="0"/>
       <c r="P28" s="0"/>
       <c r="Q28" s="0"/>
       <c r="R28" s="0"/>
       <c r="S28" s="0"/>
-      <c r="T28" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="T28" s="0"/>
       <c r="U28" s="0"/>
       <c r="V28" s="0"/>
       <c r="W28" s="0"/>
       <c r="X28" s="0"/>
-      <c r="Y28" s="0"/>
+      <c r="Y28" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="Z28" s="0"/>
       <c r="AA28" s="0"/>
       <c r="AB28" s="0"/>
       <c r="AC28" s="0"/>
       <c r="AD28" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE28" s="0"/>
       <c r="AF28" s="0"/>
       <c r="AG28" s="0"/>
       <c r="AH28" s="0"/>
       <c r="AI28" s="0"/>
       <c r="AJ28" s="0"/>
       <c r="AK28" s="0"/>
       <c r="AL28" s="0"/>
       <c r="AM28" s="0"/>
       <c r="AN28" s="0"/>
       <c r="AO28" s="0"/>
     </row>
     <row r="29">
       <c r="A29" t="n" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="B29" t="s" s="3">
         <v>104</v>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0"/>
-      <c r="E29" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="E29" s="0"/>
       <c r="F29" s="0"/>
       <c r="G29" s="0"/>
       <c r="H29" s="0"/>
       <c r="I29" s="0"/>
       <c r="J29" s="0"/>
       <c r="K29" s="0"/>
-      <c r="L29" s="0"/>
+      <c r="L29" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="M29" s="0"/>
       <c r="N29" s="0"/>
       <c r="O29" s="0"/>
       <c r="P29" s="0"/>
       <c r="Q29" s="0"/>
       <c r="R29" s="0"/>
       <c r="S29" s="0"/>
-      <c r="T29" s="0"/>
+      <c r="T29" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="U29" s="0"/>
-      <c r="V29" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="V29" s="0"/>
       <c r="W29" s="0"/>
       <c r="X29" s="0"/>
       <c r="Y29" s="0"/>
       <c r="Z29" s="0"/>
       <c r="AA29" s="0"/>
       <c r="AB29" s="0"/>
       <c r="AC29" s="0"/>
       <c r="AD29" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE29" s="0"/>
       <c r="AF29" s="0"/>
       <c r="AG29" s="0"/>
       <c r="AH29" s="0"/>
       <c r="AI29" s="0"/>
       <c r="AJ29" s="0"/>
       <c r="AK29" s="0"/>
       <c r="AL29" s="0"/>
       <c r="AM29" s="0"/>
       <c r="AN29" s="0"/>
       <c r="AO29" s="0"/>
     </row>
     <row r="30">
       <c r="A30" t="n" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="B30" t="s" s="3">
         <v>105</v>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0"/>
-      <c r="E30" s="0"/>
+      <c r="E30" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0"/>
       <c r="H30" s="0"/>
-      <c r="I30" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="I30" s="0"/>
       <c r="J30" s="0"/>
       <c r="K30" s="0"/>
       <c r="L30" s="0"/>
       <c r="M30" s="0"/>
       <c r="N30" s="0"/>
       <c r="O30" s="0"/>
       <c r="P30" s="0"/>
       <c r="Q30" s="0"/>
       <c r="R30" s="0"/>
       <c r="S30" s="0"/>
       <c r="T30" s="0"/>
       <c r="U30" s="0"/>
       <c r="V30" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="W30" s="0"/>
       <c r="X30" s="0"/>
       <c r="Y30" s="0"/>
       <c r="Z30" s="0"/>
       <c r="AA30" s="0"/>
       <c r="AB30" s="0"/>
       <c r="AC30" s="0"/>
-      <c r="AD30" s="0"/>
+      <c r="AD30" t="n" s="0">
+        <v>5.0</v>
+      </c>
       <c r="AE30" s="0"/>
       <c r="AF30" s="0"/>
-      <c r="AG30" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AG30" s="0"/>
       <c r="AH30" s="0"/>
-      <c r="AI30" s="0"/>
+      <c r="AI30" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ30" s="0"/>
       <c r="AK30" s="0"/>
       <c r="AL30" s="0"/>
       <c r="AM30" s="0"/>
       <c r="AN30" s="0"/>
       <c r="AO30" s="0"/>
     </row>
     <row r="31">
       <c r="A31" t="n" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
       <c r="B31" t="s" s="3">
         <v>106</v>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0"/>
       <c r="E31" s="0"/>
       <c r="F31" s="0"/>
       <c r="G31" s="0"/>
       <c r="H31" s="0"/>
       <c r="I31" s="0"/>
       <c r="J31" s="0"/>
       <c r="K31" s="0"/>
       <c r="L31" s="0"/>
-      <c r="M31" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="M31" s="0"/>
       <c r="N31" s="0"/>
       <c r="O31" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="P31" s="0"/>
       <c r="Q31" s="0"/>
       <c r="R31" s="0"/>
       <c r="S31" s="0"/>
       <c r="T31" s="0"/>
       <c r="U31" s="0"/>
       <c r="V31" s="0"/>
       <c r="W31" s="0"/>
       <c r="X31" s="0"/>
-      <c r="Y31" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Y31" s="0"/>
       <c r="Z31" s="0"/>
-      <c r="AA31" s="0"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AA31" t="n" s="0">
+        <v>1.0</v>
+      </c>
+      <c r="AB31" s="0"/>
       <c r="AC31" s="0"/>
-      <c r="AD31" s="0"/>
+      <c r="AD31" t="n" s="0">
+        <v>5.0</v>
+      </c>
       <c r="AE31" s="0"/>
       <c r="AF31" s="0"/>
       <c r="AG31" s="0"/>
       <c r="AH31" s="0"/>
-      <c r="AI31" s="0"/>
+      <c r="AI31" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ31" s="0"/>
       <c r="AK31" s="0"/>
       <c r="AL31" s="0"/>
       <c r="AM31" s="0"/>
       <c r="AN31" s="0"/>
       <c r="AO31" s="0"/>
     </row>
     <row r="32">
       <c r="A32" t="n" s="3">
         <v>8.0</v>
       </c>
       <c r="B32" t="s" s="3">
         <v>107</v>
       </c>
       <c r="C32" s="0"/>
       <c r="D32" s="0"/>
       <c r="E32" s="0"/>
       <c r="F32" s="0"/>
       <c r="G32" s="0"/>
       <c r="H32" s="0"/>
-      <c r="I32" s="0"/>
+      <c r="I32" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0"/>
       <c r="L32" s="0"/>
       <c r="M32" s="0"/>
       <c r="N32" s="0"/>
-      <c r="O32" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="O32" s="0"/>
       <c r="P32" s="0"/>
       <c r="Q32" s="0"/>
       <c r="R32" s="0"/>
       <c r="S32" s="0"/>
       <c r="T32" s="0"/>
       <c r="U32" s="0"/>
-      <c r="V32" s="0"/>
+      <c r="V32" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="W32" s="0"/>
       <c r="X32" s="0"/>
       <c r="Y32" s="0"/>
       <c r="Z32" s="0"/>
-      <c r="AA32" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA32" s="0"/>
       <c r="AB32" s="0"/>
       <c r="AC32" s="0"/>
-      <c r="AD32" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AD32" s="0"/>
       <c r="AE32" s="0"/>
       <c r="AF32" s="0"/>
-      <c r="AG32" s="0"/>
+      <c r="AG32" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AH32" s="0"/>
       <c r="AI32" s="0"/>
       <c r="AJ32" s="0"/>
       <c r="AK32" s="0"/>
       <c r="AL32" s="0"/>
       <c r="AM32" s="0"/>
       <c r="AN32" s="0"/>
       <c r="AO32" s="0"/>
     </row>
     <row r="33">
       <c r="A33" t="n" s="3">
         <v>6.0</v>
       </c>
       <c r="B33" t="s" s="3">
         <v>108</v>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0"/>
       <c r="E33" s="0"/>
       <c r="F33" s="0"/>
       <c r="G33" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H33" s="0"/>
       <c r="I33" s="0"/>
@@ -2889,280 +2997,286 @@
       <c r="V34" s="0"/>
       <c r="W34" s="0"/>
       <c r="X34" s="0"/>
       <c r="Y34" s="0"/>
       <c r="Z34" s="0"/>
       <c r="AA34" s="0"/>
       <c r="AB34" s="0"/>
       <c r="AC34" s="0"/>
       <c r="AD34" s="0"/>
       <c r="AE34" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="AF34" s="0"/>
       <c r="AG34" s="0"/>
       <c r="AH34" s="0"/>
       <c r="AI34" s="0"/>
       <c r="AJ34" s="0"/>
       <c r="AK34" s="0"/>
       <c r="AL34" s="0"/>
       <c r="AM34" s="0"/>
       <c r="AN34" s="0"/>
       <c r="AO34" s="0"/>
     </row>
     <row r="35">
       <c r="A35" t="n" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="B35" t="s" s="3">
         <v>110</v>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0"/>
       <c r="E35" s="0"/>
       <c r="F35" s="0"/>
       <c r="G35" s="0"/>
       <c r="H35" s="0"/>
       <c r="I35" s="0"/>
       <c r="J35" s="0"/>
       <c r="K35" s="0"/>
       <c r="L35" s="0"/>
       <c r="M35" s="0"/>
       <c r="N35" s="0"/>
       <c r="O35" s="0"/>
       <c r="P35" s="0"/>
       <c r="Q35" s="0"/>
       <c r="R35" s="0"/>
       <c r="S35" s="0"/>
       <c r="T35" s="0"/>
       <c r="U35" s="0"/>
       <c r="V35" s="0"/>
       <c r="W35" s="0"/>
       <c r="X35" s="0"/>
       <c r="Y35" s="0"/>
       <c r="Z35" s="0"/>
       <c r="AA35" s="0"/>
       <c r="AB35" s="0"/>
       <c r="AC35" s="0"/>
       <c r="AD35" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE35" s="0"/>
       <c r="AF35" s="0"/>
       <c r="AG35" s="0"/>
       <c r="AH35" s="0"/>
-      <c r="AI35" s="0"/>
+      <c r="AI35" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ35" s="0"/>
       <c r="AK35" s="0"/>
       <c r="AL35" s="0"/>
       <c r="AM35" s="0"/>
       <c r="AN35" s="0"/>
       <c r="AO35" s="0"/>
     </row>
     <row r="36">
       <c r="A36" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B36" t="s" s="3">
         <v>111</v>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0"/>
       <c r="E36" s="0"/>
       <c r="F36" s="0"/>
-      <c r="G36" s="0"/>
+      <c r="G36" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="H36" s="0"/>
       <c r="I36" s="0"/>
       <c r="J36" s="0"/>
       <c r="K36" s="0"/>
-      <c r="L36" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L36" s="0"/>
       <c r="M36" s="0"/>
       <c r="N36" s="0"/>
       <c r="O36" s="0"/>
       <c r="P36" s="0"/>
       <c r="Q36" s="0"/>
       <c r="R36" s="0"/>
       <c r="S36" s="0"/>
       <c r="T36" s="0"/>
       <c r="U36" s="0"/>
       <c r="V36" s="0"/>
       <c r="W36" s="0"/>
       <c r="X36" s="0"/>
       <c r="Y36" s="0"/>
       <c r="Z36" s="0"/>
       <c r="AA36" s="0"/>
       <c r="AB36" s="0"/>
       <c r="AC36" s="0"/>
       <c r="AD36" s="0"/>
       <c r="AE36" s="0"/>
       <c r="AF36" s="0"/>
       <c r="AG36" s="0"/>
       <c r="AH36" s="0"/>
-      <c r="AI36" s="0"/>
+      <c r="AI36" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ36" s="0"/>
       <c r="AK36" s="0"/>
       <c r="AL36" s="0"/>
       <c r="AM36" s="0"/>
       <c r="AN36" s="0"/>
       <c r="AO36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="B37" t="s" s="3">
         <v>112</v>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0"/>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
-      <c r="G37" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="G37" s="0"/>
       <c r="H37" s="0"/>
       <c r="I37" s="0"/>
       <c r="J37" s="0"/>
       <c r="K37" s="0"/>
-      <c r="L37" s="0"/>
+      <c r="L37" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="M37" s="0"/>
       <c r="N37" s="0"/>
       <c r="O37" s="0"/>
       <c r="P37" s="0"/>
       <c r="Q37" s="0"/>
       <c r="R37" s="0"/>
       <c r="S37" s="0"/>
       <c r="T37" s="0"/>
       <c r="U37" s="0"/>
       <c r="V37" s="0"/>
       <c r="W37" s="0"/>
       <c r="X37" s="0"/>
       <c r="Y37" s="0"/>
       <c r="Z37" s="0"/>
       <c r="AA37" s="0"/>
       <c r="AB37" s="0"/>
       <c r="AC37" s="0"/>
       <c r="AD37" s="0"/>
       <c r="AE37" s="0"/>
       <c r="AF37" s="0"/>
       <c r="AG37" s="0"/>
       <c r="AH37" s="0"/>
       <c r="AI37" s="0"/>
       <c r="AJ37" s="0"/>
       <c r="AK37" s="0"/>
       <c r="AL37" s="0"/>
       <c r="AM37" s="0"/>
       <c r="AN37" s="0"/>
       <c r="AO37" s="0"/>
     </row>
     <row r="38">
       <c r="A38" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="B38" t="s" s="3">
         <v>113</v>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0"/>
       <c r="E38" s="0"/>
       <c r="F38" s="0"/>
       <c r="G38" s="0"/>
       <c r="H38" s="0"/>
-      <c r="I38" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="I38" s="0"/>
       <c r="J38" s="0"/>
       <c r="K38" s="0"/>
       <c r="L38" s="0"/>
       <c r="M38" s="0"/>
       <c r="N38" s="0"/>
-      <c r="O38" s="0"/>
+      <c r="O38" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="P38" s="0"/>
       <c r="Q38" s="0"/>
       <c r="R38" s="0"/>
       <c r="S38" s="0"/>
       <c r="T38" s="0"/>
       <c r="U38" s="0"/>
       <c r="V38" s="0"/>
       <c r="W38" s="0"/>
       <c r="X38" s="0"/>
       <c r="Y38" s="0"/>
       <c r="Z38" s="0"/>
-      <c r="AA38" s="0"/>
+      <c r="AA38" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB38" s="0"/>
       <c r="AC38" s="0"/>
       <c r="AD38" s="0"/>
       <c r="AE38" s="0"/>
       <c r="AF38" s="0"/>
       <c r="AG38" s="0"/>
       <c r="AH38" s="0"/>
-      <c r="AI38" s="0"/>
+      <c r="AI38" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ38" s="0"/>
       <c r="AK38" s="0"/>
       <c r="AL38" s="0"/>
       <c r="AM38" s="0"/>
       <c r="AN38" s="0"/>
       <c r="AO38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B39" t="s" s="3">
         <v>114</v>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0"/>
       <c r="E39" s="0"/>
       <c r="F39" s="0"/>
       <c r="G39" s="0"/>
       <c r="H39" s="0"/>
-      <c r="I39" s="0"/>
+      <c r="I39" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0"/>
       <c r="L39" s="0"/>
       <c r="M39" s="0"/>
       <c r="N39" s="0"/>
-      <c r="O39" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="O39" s="0"/>
       <c r="P39" s="0"/>
       <c r="Q39" s="0"/>
       <c r="R39" s="0"/>
       <c r="S39" s="0"/>
       <c r="T39" s="0"/>
       <c r="U39" s="0"/>
       <c r="V39" s="0"/>
       <c r="W39" s="0"/>
       <c r="X39" s="0"/>
       <c r="Y39" s="0"/>
       <c r="Z39" s="0"/>
-      <c r="AA39" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA39" s="0"/>
       <c r="AB39" s="0"/>
       <c r="AC39" s="0"/>
       <c r="AD39" s="0"/>
       <c r="AE39" s="0"/>
       <c r="AF39" s="0"/>
       <c r="AG39" s="0"/>
       <c r="AH39" s="0"/>
       <c r="AI39" s="0"/>
       <c r="AJ39" s="0"/>
       <c r="AK39" s="0"/>
       <c r="AL39" s="0"/>
       <c r="AM39" s="0"/>
       <c r="AN39" s="0"/>
       <c r="AO39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="B40" t="s" s="3">
         <v>115</v>
       </c>
       <c r="C40" s="0"/>
       <c r="D40" s="0"/>
       <c r="E40" s="0"/>
@@ -3243,514 +3357,526 @@
       </c>
       <c r="AB41" s="0"/>
       <c r="AC41" s="0"/>
       <c r="AD41" s="0"/>
       <c r="AE41" s="0"/>
       <c r="AF41" s="0"/>
       <c r="AG41" s="0"/>
       <c r="AH41" s="0"/>
       <c r="AI41" s="0"/>
       <c r="AJ41" s="0"/>
       <c r="AK41" s="0"/>
       <c r="AL41" s="0"/>
       <c r="AM41" s="0"/>
       <c r="AN41" s="0"/>
       <c r="AO41" s="0"/>
     </row>
     <row r="42">
       <c r="A42" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="B42" t="s" s="3">
         <v>117</v>
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0"/>
-      <c r="E42" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="E42" s="0"/>
       <c r="F42" s="0"/>
       <c r="G42" s="0"/>
       <c r="H42" s="0"/>
       <c r="I42" s="0"/>
       <c r="J42" s="0"/>
       <c r="K42" s="0"/>
       <c r="L42" s="0"/>
       <c r="M42" s="0"/>
       <c r="N42" s="0"/>
       <c r="O42" s="0"/>
       <c r="P42" s="0"/>
       <c r="Q42" s="0"/>
       <c r="R42" s="0"/>
       <c r="S42" s="0"/>
       <c r="T42" s="0"/>
       <c r="U42" s="0"/>
       <c r="V42" s="0"/>
       <c r="W42" s="0"/>
       <c r="X42" s="0"/>
       <c r="Y42" s="0"/>
       <c r="Z42" s="0"/>
       <c r="AA42" s="0"/>
       <c r="AB42" s="0"/>
       <c r="AC42" s="0"/>
       <c r="AD42" s="0"/>
       <c r="AE42" s="0"/>
       <c r="AF42" s="0"/>
       <c r="AG42" s="0"/>
       <c r="AH42" s="0"/>
-      <c r="AI42" s="0"/>
+      <c r="AI42" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ42" s="0"/>
       <c r="AK42" s="0"/>
       <c r="AL42" s="0"/>
       <c r="AM42" s="0"/>
-      <c r="AN42" s="0"/>
+      <c r="AN42" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO42" s="0"/>
     </row>
     <row r="43">
       <c r="A43" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="B43" t="s" s="3">
         <v>118</v>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0"/>
-      <c r="E43" s="0"/>
+      <c r="E43" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0"/>
       <c r="H43" s="0"/>
       <c r="I43" s="0"/>
       <c r="J43" s="0"/>
       <c r="K43" s="0"/>
       <c r="L43" s="0"/>
       <c r="M43" s="0"/>
       <c r="N43" s="0"/>
       <c r="O43" s="0"/>
       <c r="P43" s="0"/>
       <c r="Q43" s="0"/>
       <c r="R43" s="0"/>
       <c r="S43" s="0"/>
       <c r="T43" s="0"/>
       <c r="U43" s="0"/>
       <c r="V43" s="0"/>
       <c r="W43" s="0"/>
       <c r="X43" s="0"/>
       <c r="Y43" s="0"/>
       <c r="Z43" s="0"/>
       <c r="AA43" s="0"/>
       <c r="AB43" s="0"/>
       <c r="AC43" s="0"/>
       <c r="AD43" s="0"/>
       <c r="AE43" s="0"/>
       <c r="AF43" s="0"/>
-      <c r="AG43" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AG43" s="0"/>
       <c r="AH43" s="0"/>
       <c r="AI43" s="0"/>
       <c r="AJ43" s="0"/>
       <c r="AK43" s="0"/>
       <c r="AL43" s="0"/>
       <c r="AM43" s="0"/>
       <c r="AN43" s="0"/>
       <c r="AO43" s="0"/>
     </row>
     <row r="44">
       <c r="A44" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="B44" t="s" s="3">
         <v>119</v>
       </c>
       <c r="C44" s="0"/>
       <c r="D44" s="0"/>
       <c r="E44" s="0"/>
       <c r="F44" s="0"/>
       <c r="G44" s="0"/>
       <c r="H44" s="0"/>
       <c r="I44" s="0"/>
       <c r="J44" s="0"/>
       <c r="K44" s="0"/>
       <c r="L44" s="0"/>
       <c r="M44" s="0"/>
       <c r="N44" s="0"/>
       <c r="O44" s="0"/>
       <c r="P44" s="0"/>
       <c r="Q44" s="0"/>
       <c r="R44" s="0"/>
       <c r="S44" s="0"/>
       <c r="T44" s="0"/>
       <c r="U44" s="0"/>
       <c r="V44" s="0"/>
       <c r="W44" s="0"/>
       <c r="X44" s="0"/>
       <c r="Y44" s="0"/>
       <c r="Z44" s="0"/>
-      <c r="AA44" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA44" s="0"/>
       <c r="AB44" s="0"/>
       <c r="AC44" s="0"/>
       <c r="AD44" s="0"/>
       <c r="AE44" s="0"/>
       <c r="AF44" s="0"/>
       <c r="AG44" s="0"/>
       <c r="AH44" s="0"/>
       <c r="AI44" s="0"/>
-      <c r="AJ44" s="0"/>
+      <c r="AJ44" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AK44" s="0"/>
       <c r="AL44" s="0"/>
       <c r="AM44" s="0"/>
       <c r="AN44" s="0"/>
       <c r="AO44" s="0"/>
     </row>
     <row r="45">
       <c r="A45" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="B45" t="s" s="3">
         <v>120</v>
       </c>
       <c r="C45" s="0"/>
       <c r="D45" s="0"/>
       <c r="E45" s="0"/>
       <c r="F45" s="0"/>
       <c r="G45" s="0"/>
       <c r="H45" s="0"/>
       <c r="I45" s="0"/>
       <c r="J45" s="0"/>
       <c r="K45" s="0"/>
       <c r="L45" s="0"/>
       <c r="M45" s="0"/>
       <c r="N45" s="0"/>
       <c r="O45" s="0"/>
       <c r="P45" s="0"/>
       <c r="Q45" s="0"/>
       <c r="R45" s="0"/>
       <c r="S45" s="0"/>
       <c r="T45" s="0"/>
       <c r="U45" s="0"/>
       <c r="V45" s="0"/>
       <c r="W45" s="0"/>
       <c r="X45" s="0"/>
       <c r="Y45" s="0"/>
       <c r="Z45" s="0"/>
-      <c r="AA45" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA45" s="0"/>
       <c r="AB45" s="0"/>
       <c r="AC45" s="0"/>
       <c r="AD45" s="0"/>
       <c r="AE45" s="0"/>
       <c r="AF45" s="0"/>
-      <c r="AG45" s="0"/>
+      <c r="AG45" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="AH45" s="0"/>
       <c r="AI45" s="0"/>
       <c r="AJ45" s="0"/>
       <c r="AK45" s="0"/>
       <c r="AL45" s="0"/>
       <c r="AM45" s="0"/>
       <c r="AN45" s="0"/>
       <c r="AO45" s="0"/>
     </row>
     <row r="46">
       <c r="A46" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="B46" t="s" s="3">
         <v>121</v>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0"/>
       <c r="E46" s="0"/>
       <c r="F46" s="0"/>
       <c r="G46" s="0"/>
       <c r="H46" s="0"/>
       <c r="I46" s="0"/>
       <c r="J46" s="0"/>
       <c r="K46" s="0"/>
       <c r="L46" s="0"/>
       <c r="M46" s="0"/>
       <c r="N46" s="0"/>
       <c r="O46" s="0"/>
       <c r="P46" s="0"/>
       <c r="Q46" s="0"/>
       <c r="R46" s="0"/>
       <c r="S46" s="0"/>
       <c r="T46" s="0"/>
       <c r="U46" s="0"/>
       <c r="V46" s="0"/>
       <c r="W46" s="0"/>
       <c r="X46" s="0"/>
       <c r="Y46" s="0"/>
       <c r="Z46" s="0"/>
-      <c r="AA46" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA46" s="0"/>
       <c r="AB46" s="0"/>
       <c r="AC46" s="0"/>
       <c r="AD46" s="0"/>
       <c r="AE46" s="0"/>
       <c r="AF46" s="0"/>
       <c r="AG46" s="0"/>
       <c r="AH46" s="0"/>
       <c r="AI46" s="0"/>
       <c r="AJ46" s="0"/>
       <c r="AK46" s="0"/>
       <c r="AL46" s="0"/>
       <c r="AM46" s="0"/>
-      <c r="AN46" s="0"/>
+      <c r="AN46" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO46" s="0"/>
     </row>
     <row r="47">
       <c r="A47" t="n" s="3">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="B47" t="s" s="3">
         <v>122</v>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0"/>
       <c r="E47" s="0"/>
       <c r="F47" s="0"/>
       <c r="G47" s="0"/>
       <c r="H47" s="0"/>
       <c r="I47" s="0"/>
       <c r="J47" s="0"/>
       <c r="K47" s="0"/>
       <c r="L47" s="0"/>
       <c r="M47" s="0"/>
       <c r="N47" s="0"/>
       <c r="O47" s="0"/>
       <c r="P47" s="0"/>
       <c r="Q47" s="0"/>
       <c r="R47" s="0"/>
       <c r="S47" s="0"/>
       <c r="T47" s="0"/>
       <c r="U47" s="0"/>
       <c r="V47" s="0"/>
       <c r="W47" s="0"/>
       <c r="X47" s="0"/>
       <c r="Y47" s="0"/>
       <c r="Z47" s="0"/>
-      <c r="AA47" s="0"/>
+      <c r="AA47" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB47" s="0"/>
       <c r="AC47" s="0"/>
       <c r="AD47" s="0"/>
       <c r="AE47" s="0"/>
       <c r="AF47" s="0"/>
       <c r="AG47" s="0"/>
       <c r="AH47" s="0"/>
       <c r="AI47" s="0"/>
       <c r="AJ47" s="0"/>
       <c r="AK47" s="0"/>
       <c r="AL47" s="0"/>
       <c r="AM47" s="0"/>
       <c r="AN47" s="0"/>
       <c r="AO47" s="0"/>
     </row>
     <row r="48">
       <c r="A48" t="n" s="3">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="B48" t="s" s="3">
         <v>123</v>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0"/>
       <c r="E48" s="0"/>
       <c r="F48" s="0"/>
       <c r="G48" s="0"/>
       <c r="H48" s="0"/>
       <c r="I48" s="0"/>
       <c r="J48" s="0"/>
       <c r="K48" s="0"/>
       <c r="L48" s="0"/>
       <c r="M48" s="0"/>
       <c r="N48" s="0"/>
       <c r="O48" s="0"/>
       <c r="P48" s="0"/>
       <c r="Q48" s="0"/>
       <c r="R48" s="0"/>
       <c r="S48" s="0"/>
       <c r="T48" s="0"/>
       <c r="U48" s="0"/>
       <c r="V48" s="0"/>
       <c r="W48" s="0"/>
       <c r="X48" s="0"/>
       <c r="Y48" s="0"/>
       <c r="Z48" s="0"/>
-      <c r="AA48" s="0"/>
+      <c r="AA48" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB48" s="0"/>
       <c r="AC48" s="0"/>
       <c r="AD48" s="0"/>
       <c r="AE48" s="0"/>
       <c r="AF48" s="0"/>
       <c r="AG48" s="0"/>
       <c r="AH48" s="0"/>
       <c r="AI48" s="0"/>
       <c r="AJ48" s="0"/>
       <c r="AK48" s="0"/>
       <c r="AL48" s="0"/>
       <c r="AM48" s="0"/>
       <c r="AN48" s="0"/>
       <c r="AO48" s="0"/>
     </row>
     <row r="49">
       <c r="A49" t="n" s="3">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="B49" t="s" s="3">
         <v>124</v>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0"/>
       <c r="E49" s="0"/>
       <c r="F49" s="0"/>
       <c r="G49" s="0"/>
       <c r="H49" s="0"/>
       <c r="I49" s="0"/>
       <c r="J49" s="0"/>
       <c r="K49" s="0"/>
       <c r="L49" s="0"/>
       <c r="M49" s="0"/>
       <c r="N49" s="0"/>
       <c r="O49" s="0"/>
       <c r="P49" s="0"/>
       <c r="Q49" s="0"/>
       <c r="R49" s="0"/>
       <c r="S49" s="0"/>
       <c r="T49" s="0"/>
       <c r="U49" s="0"/>
       <c r="V49" s="0"/>
       <c r="W49" s="0"/>
       <c r="X49" s="0"/>
       <c r="Y49" s="0"/>
       <c r="Z49" s="0"/>
-      <c r="AA49" s="0"/>
+      <c r="AA49" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB49" s="0"/>
       <c r="AC49" s="0"/>
       <c r="AD49" s="0"/>
       <c r="AE49" s="0"/>
       <c r="AF49" s="0"/>
       <c r="AG49" s="0"/>
       <c r="AH49" s="0"/>
       <c r="AI49" s="0"/>
       <c r="AJ49" s="0"/>
       <c r="AK49" s="0"/>
       <c r="AL49" s="0"/>
       <c r="AM49" s="0"/>
       <c r="AN49" s="0"/>
       <c r="AO49" s="0"/>
     </row>
     <row r="50">
       <c r="A50" t="n" s="3">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="B50" t="s" s="3">
         <v>125</v>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0"/>
       <c r="E50" s="0"/>
       <c r="F50" s="0"/>
       <c r="G50" s="0"/>
       <c r="H50" s="0"/>
       <c r="I50" s="0"/>
       <c r="J50" s="0"/>
       <c r="K50" s="0"/>
       <c r="L50" s="0"/>
       <c r="M50" s="0"/>
       <c r="N50" s="0"/>
       <c r="O50" s="0"/>
       <c r="P50" s="0"/>
       <c r="Q50" s="0"/>
       <c r="R50" s="0"/>
       <c r="S50" s="0"/>
       <c r="T50" s="0"/>
       <c r="U50" s="0"/>
       <c r="V50" s="0"/>
       <c r="W50" s="0"/>
       <c r="X50" s="0"/>
       <c r="Y50" s="0"/>
       <c r="Z50" s="0"/>
       <c r="AA50" s="0"/>
       <c r="AB50" s="0"/>
       <c r="AC50" s="0"/>
       <c r="AD50" s="0"/>
       <c r="AE50" s="0"/>
       <c r="AF50" s="0"/>
       <c r="AG50" s="0"/>
       <c r="AH50" s="0"/>
       <c r="AI50" s="0"/>
       <c r="AJ50" s="0"/>
       <c r="AK50" s="0"/>
       <c r="AL50" s="0"/>
       <c r="AM50" s="0"/>
-      <c r="AN50" s="0"/>
+      <c r="AN50" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AO50" s="0"/>
     </row>
     <row r="51">
       <c r="A51" t="n" s="3">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="B51" t="s" s="3">
         <v>126</v>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0"/>
       <c r="E51" s="0"/>
       <c r="F51" s="0"/>
       <c r="G51" s="0"/>
       <c r="H51" s="0"/>
       <c r="I51" s="0"/>
       <c r="J51" s="0"/>
       <c r="K51" s="0"/>
       <c r="L51" s="0"/>
       <c r="M51" s="0"/>
       <c r="N51" s="0"/>
       <c r="O51" s="0"/>
       <c r="P51" s="0"/>
       <c r="Q51" s="0"/>
       <c r="R51" s="0"/>
       <c r="S51" s="0"/>
       <c r="T51" s="0"/>
       <c r="U51" s="0"/>
       <c r="V51" s="0"/>
       <c r="W51" s="0"/>
       <c r="X51" s="0"/>
       <c r="Y51" s="0"/>
       <c r="Z51" s="0"/>
       <c r="AA51" s="0"/>
       <c r="AB51" s="0"/>
       <c r="AC51" s="0"/>
       <c r="AD51" s="0"/>
       <c r="AE51" s="0"/>
       <c r="AF51" s="0"/>
       <c r="AG51" s="0"/>
       <c r="AH51" s="0"/>
-      <c r="AI51" s="0"/>
+      <c r="AI51" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ51" s="0"/>
       <c r="AK51" s="0"/>
       <c r="AL51" s="0"/>
       <c r="AM51" s="0"/>
       <c r="AN51" s="0"/>
       <c r="AO51" s="0"/>
     </row>
     <row r="52">
       <c r="A52" t="n" s="3">
         <v>0.0</v>
       </c>
       <c r="B52" t="s" s="3">
         <v>127</v>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0"/>
       <c r="E52" s="0"/>
       <c r="F52" s="0"/>
       <c r="G52" s="0"/>
       <c r="H52" s="0"/>
       <c r="I52" s="0"/>
       <c r="J52" s="0"/>
       <c r="K52" s="0"/>
       <c r="L52" s="0"/>
       <c r="M52" s="0"/>