--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -227,51 +227,51 @@
   <si>
     <t>8.11.25</t>
   </si>
   <si>
     <t>Hostivařská šance (5 km) (6)</t>
   </si>
   <si>
     <t>29.11.25</t>
   </si>
   <si>
     <t>Silvestrovský Běh Apolinářskou zahradou (20 - 25 minut) (12)</t>
   </si>
   <si>
     <t>31.12.26</t>
   </si>
   <si>
     <t>Silvestrovský běh Jardy Štercla (4)</t>
   </si>
   <si>
     <t>Vběhnutí do sezóny (1 - 8 km) (14)</t>
   </si>
   <si>
     <t>4.1.26</t>
   </si>
   <si>
-    <t>Z Karlštejna po červené (0)</t>
+    <t>Z Karlštejna po červené (8)</t>
   </si>
   <si>
     <t>11.1.26</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>BODY</t>
   </si>
   <si>
     <t>Jméno \ Termín</t>
   </si>
   <si>
     <t>Dana Jiřičná</t>
   </si>
   <si>
     <t>Petr "Aubi" Aubrecht</t>
   </si>
   <si>
     <t>Jiří "velkej jirka" Zbytovský</t>
   </si>
   <si>
     <t>Táňa "Tkanička" Šmejkalová</t>
   </si>
@@ -287,56 +287,56 @@
   <si>
     <t>Ota Štros</t>
   </si>
   <si>
     <t>Alena Hábltová</t>
   </si>
   <si>
     <t>Miloš "Šolim" Němec</t>
   </si>
   <si>
     <t>Jana Požgayová</t>
   </si>
   <si>
     <t>Martin Šandera</t>
   </si>
   <si>
     <t>Evžen Ge</t>
   </si>
   <si>
     <t>Vojtěch Svoboda</t>
   </si>
   <si>
     <t>Alena "Čmelda" Němcová</t>
   </si>
   <si>
+    <t>Alice "Blecha" Štrosová</t>
+  </si>
+  <si>
     <t>Štěpán Kasal</t>
   </si>
   <si>
-    <t>Alice "Blecha" Štrosová</t>
-[...1 lines deleted...]
-  <si>
     <t>Lucie "Bobina" Vodičková</t>
   </si>
   <si>
     <t>Tomáš Ledvina</t>
   </si>
   <si>
     <t>Libuše "Libuna" Vlachynská</t>
   </si>
   <si>
     <t>Adriana Mašková</t>
   </si>
   <si>
     <t>Klára Prokopová</t>
   </si>
   <si>
     <t>Kateřina Šanderová</t>
   </si>
   <si>
     <t>Petr Šmejkal</t>
   </si>
   <si>
     <t>Pavlína "Králíková" Nápravová</t>
   </si>
   <si>
     <t>Vítek Morava</t>
@@ -344,57 +344,57 @@
   <si>
     <t>Jan Šmejkal</t>
   </si>
   <si>
     <t>Petr Aubrecht ml.</t>
   </si>
   <si>
     <t>Jaroslav Němec</t>
   </si>
   <si>
     <t>Marie Kunstátová</t>
   </si>
   <si>
     <t>Růžena Kasalová</t>
   </si>
   <si>
     <t>Jitka Turčínová</t>
   </si>
   <si>
     <t>Stanislav Valko</t>
   </si>
   <si>
     <t>František Cipl</t>
   </si>
   <si>
+    <t>Petr Sládek</t>
+  </si>
+  <si>
     <t>Markéta Bartošová</t>
   </si>
   <si>
     <t>Kateřina Němcová</t>
-  </si>
-[...1 lines deleted...]
-    <t>Petr Sládek</t>
   </si>
   <si>
     <t>Michaela Patolánová</t>
   </si>
   <si>
     <t>Jakub Rücker</t>
   </si>
   <si>
     <t>Ondřej Kulhánek</t>
   </si>
   <si>
     <t>Lucie Macáková</t>
   </si>
   <si>
     <t>Jiří Oplatek</t>
   </si>
   <si>
     <t>Jan Šandera</t>
   </si>
   <si>
     <t>Iva "Liška" Bařtipánová</t>
   </si>
   <si>
     <t>Lukáš Rücker</t>
   </si>
@@ -940,51 +940,51 @@
       <c r="AF3" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG3" s="0"/>
       <c r="AH3" s="0"/>
       <c r="AI3" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AK3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AL3" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AM3" s="0"/>
       <c r="AN3" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AO3" s="0"/>
     </row>
     <row r="4">
       <c r="A4" t="n" s="3">
-        <v>57.0</v>
+        <v>58.0</v>
       </c>
       <c r="B4" t="s" s="3">
         <v>79</v>
       </c>
       <c r="C4" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="G4" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H4" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I4" t="n" s="0">
         <v>4.0</v>
       </c>
@@ -1027,55 +1027,57 @@
         <v>1.0</v>
       </c>
       <c r="AB4" s="0"/>
       <c r="AC4" s="0"/>
       <c r="AD4" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE4" s="0"/>
       <c r="AF4" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG4" s="0"/>
       <c r="AH4" s="0"/>
       <c r="AI4" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ4" s="0"/>
       <c r="AK4" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AL4" s="0"/>
       <c r="AM4" s="0"/>
       <c r="AN4" t="n" s="0">
         <v>1.0</v>
       </c>
-      <c r="AO4" s="0"/>
+      <c r="AO4" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="n" s="3">
-        <v>50.0</v>
+        <v>51.0</v>
       </c>
       <c r="B5" t="s" s="3">
         <v>80</v>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0"/>
       <c r="E5" s="0"/>
       <c r="F5" s="0"/>
       <c r="G5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J5" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L5" t="n" s="0">
         <v>4.0</v>
@@ -1110,55 +1112,57 @@
       <c r="Z5" s="0"/>
       <c r="AA5" s="0"/>
       <c r="AB5" s="0"/>
       <c r="AC5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD5" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE5" s="0"/>
       <c r="AF5" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG5" s="0"/>
       <c r="AH5" s="0"/>
       <c r="AI5" s="0"/>
       <c r="AJ5" s="0"/>
       <c r="AK5" s="0"/>
       <c r="AL5" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AM5" s="0"/>
       <c r="AN5" t="n" s="0">
         <v>1.0</v>
       </c>
-      <c r="AO5" s="0"/>
+      <c r="AO5" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="n" s="3">
-        <v>47.0</v>
+        <v>48.0</v>
       </c>
       <c r="B6" t="s" s="3">
         <v>81</v>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="G6" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H6" s="0"/>
       <c r="I6" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J6" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K6" t="n" s="0">
@@ -1193,51 +1197,53 @@
       <c r="AB6" s="0"/>
       <c r="AC6" s="0"/>
       <c r="AD6" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE6" s="0"/>
       <c r="AF6" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG6" s="0"/>
       <c r="AH6" s="0"/>
       <c r="AI6" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AK6" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AL6" s="0"/>
       <c r="AM6" s="0"/>
       <c r="AN6" t="n" s="0">
         <v>1.0</v>
       </c>
-      <c r="AO6" s="0"/>
+      <c r="AO6" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="n" s="3">
         <v>41.0</v>
       </c>
       <c r="B7" t="s" s="3">
         <v>82</v>
       </c>
       <c r="C7" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0"/>
       <c r="F7" s="0"/>
       <c r="G7" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H7" s="0"/>
       <c r="I7" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" t="n" s="0">
         <v>2.0</v>
       </c>
@@ -1428,51 +1434,51 @@
       <c r="AD9" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE9" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="AF9" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="AG9" s="0"/>
       <c r="AH9" s="0"/>
       <c r="AI9" s="0"/>
       <c r="AJ9" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AK9" s="0"/>
       <c r="AL9" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AM9" s="0"/>
       <c r="AN9" s="0"/>
       <c r="AO9" s="0"/>
     </row>
     <row r="10">
       <c r="A10" t="n" s="3">
-        <v>37.0</v>
+        <v>38.0</v>
       </c>
       <c r="B10" t="s" s="3">
         <v>85</v>
       </c>
       <c r="C10" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="D10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="E10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H10" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I10" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0"/>
@@ -1499,55 +1505,57 @@
       <c r="Z10" s="0"/>
       <c r="AA10" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AB10" s="0"/>
       <c r="AC10" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD10" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE10" s="0"/>
       <c r="AF10" s="0"/>
       <c r="AG10" s="0"/>
       <c r="AH10" s="0"/>
       <c r="AI10" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ10" s="0"/>
       <c r="AK10" s="0"/>
       <c r="AL10" s="0"/>
       <c r="AM10" s="0"/>
       <c r="AN10" t="n" s="0">
         <v>1.0</v>
       </c>
-      <c r="AO10" s="0"/>
+      <c r="AO10" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="n" s="3">
-        <v>35.0</v>
+        <v>36.0</v>
       </c>
       <c r="B11" t="s" s="3">
         <v>86</v>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0"/>
       <c r="E11" s="0"/>
       <c r="F11" s="0"/>
       <c r="G11" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H11" s="0"/>
       <c r="I11" s="0"/>
       <c r="J11" s="0"/>
       <c r="K11" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="L11" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="M11" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="N11" s="0"/>
       <c r="O11" t="n" s="0">
@@ -1578,51 +1586,53 @@
       <c r="AB11" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AC11" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AD11" s="0"/>
       <c r="AE11" s="0"/>
       <c r="AF11" s="0"/>
       <c r="AG11" s="0"/>
       <c r="AH11" s="0"/>
       <c r="AI11" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ11" s="0"/>
       <c r="AK11" s="0"/>
       <c r="AL11" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AM11" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AN11" t="n" s="0">
         <v>1.0</v>
       </c>
-      <c r="AO11" s="0"/>
+      <c r="AO11" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="n" s="3">
         <v>35.0</v>
       </c>
       <c r="B12" t="s" s="3">
         <v>87</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H12" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="I12" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J12" t="n" s="0">
         <v>3.0</v>
@@ -2014,182 +2024,184 @@
       <c r="AB17" s="0"/>
       <c r="AC17" s="0"/>
       <c r="AD17" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE17" s="0"/>
       <c r="AF17" s="0"/>
       <c r="AG17" s="0"/>
       <c r="AH17" s="0"/>
       <c r="AI17" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ17" s="0"/>
       <c r="AK17" s="0"/>
       <c r="AL17" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AM17" s="0"/>
       <c r="AN17" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AO17" s="0"/>
     </row>
     <row r="18">
       <c r="A18" t="n" s="3">
-        <v>29.0</v>
+        <v>30.0</v>
       </c>
       <c r="B18" t="s" s="3">
         <v>93</v>
       </c>
-      <c r="C18" s="0"/>
+      <c r="C18" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="D18" s="0"/>
       <c r="E18" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="H18" s="0"/>
-[...3 lines deleted...]
-      </c>
+      <c r="H18" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="I18" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="J18" s="0"/>
       <c r="K18" s="0"/>
-      <c r="L18" s="0"/>
-[...2 lines deleted...]
-      </c>
+      <c r="L18" t="n" s="0">
+        <v>4.0</v>
+      </c>
+      <c r="M18" s="0"/>
       <c r="N18" s="0"/>
-      <c r="O18" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="O18" s="0"/>
       <c r="P18" s="0"/>
-      <c r="Q18" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="Q18" s="0"/>
       <c r="R18" s="0"/>
       <c r="S18" s="0"/>
       <c r="T18" s="0"/>
-      <c r="U18" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="U18" s="0"/>
       <c r="V18" s="0"/>
       <c r="W18" s="0"/>
-      <c r="X18" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X18" s="0"/>
       <c r="Y18" s="0"/>
       <c r="Z18" s="0"/>
-      <c r="AA18" s="0"/>
+      <c r="AA18" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB18" s="0"/>
       <c r="AC18" s="0"/>
       <c r="AD18" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE18" s="0"/>
       <c r="AF18" s="0"/>
       <c r="AG18" s="0"/>
       <c r="AH18" s="0"/>
-      <c r="AI18" s="0"/>
+      <c r="AI18" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ18" s="0"/>
       <c r="AK18" s="0"/>
-      <c r="AL18" t="n" s="0">
-[...6 lines deleted...]
-      <c r="AO18" s="0"/>
+      <c r="AL18" s="0"/>
+      <c r="AM18" s="0"/>
+      <c r="AN18" t="n" s="0">
+        <v>1.0</v>
+      </c>
+      <c r="AO18" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" t="n" s="3">
         <v>29.0</v>
       </c>
       <c r="B19" t="s" s="3">
         <v>94</v>
       </c>
-      <c r="C19" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="C19" s="0"/>
       <c r="D19" s="0"/>
       <c r="E19" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" t="n" s="0">
         <v>4.0</v>
       </c>
-      <c r="H19" t="n" s="0">
-[...5 lines deleted...]
-      <c r="J19" s="0"/>
+      <c r="H19" s="0"/>
+      <c r="I19" s="0"/>
+      <c r="J19" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="K19" s="0"/>
-      <c r="L19" t="n" s="0">
-[...2 lines deleted...]
-      <c r="M19" s="0"/>
+      <c r="L19" s="0"/>
+      <c r="M19" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="N19" s="0"/>
-      <c r="O19" s="0"/>
+      <c r="O19" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="P19" s="0"/>
-      <c r="Q19" s="0"/>
+      <c r="Q19" t="n" s="0">
+        <v>3.0</v>
+      </c>
       <c r="R19" s="0"/>
       <c r="S19" s="0"/>
       <c r="T19" s="0"/>
-      <c r="U19" s="0"/>
+      <c r="U19" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="V19" s="0"/>
       <c r="W19" s="0"/>
-      <c r="X19" s="0"/>
+      <c r="X19" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="Y19" s="0"/>
       <c r="Z19" s="0"/>
-      <c r="AA19" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA19" s="0"/>
       <c r="AB19" s="0"/>
       <c r="AC19" s="0"/>
       <c r="AD19" t="n" s="0">
         <v>5.0</v>
       </c>
       <c r="AE19" s="0"/>
       <c r="AF19" s="0"/>
       <c r="AG19" s="0"/>
       <c r="AH19" s="0"/>
-      <c r="AI19" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AI19" s="0"/>
       <c r="AJ19" s="0"/>
       <c r="AK19" s="0"/>
-      <c r="AL19" s="0"/>
-[...3 lines deleted...]
-      </c>
+      <c r="AL19" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AM19" t="n" s="0">
+        <v>2.0</v>
+      </c>
+      <c r="AN19" s="0"/>
       <c r="AO19" s="0"/>
     </row>
     <row r="20">
       <c r="A20" t="n" s="3">
         <v>28.0</v>
       </c>
       <c r="B20" t="s" s="3">
         <v>95</v>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0"/>
       <c r="E20" s="0"/>
       <c r="F20" s="0"/>
       <c r="G20" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="H20" s="0"/>
       <c r="I20" s="0"/>
       <c r="J20" t="n" s="0">
         <v>3.0</v>
       </c>
       <c r="K20" s="0"/>
       <c r="L20" t="n" s="0">
         <v>4.0</v>
       </c>
@@ -2343,51 +2355,51 @@
       </c>
       <c r="U22" s="0"/>
       <c r="V22" s="0"/>
       <c r="W22" s="0"/>
       <c r="X22" s="0"/>
       <c r="Y22" s="0"/>
       <c r="Z22" s="0"/>
       <c r="AA22" s="0"/>
       <c r="AB22" s="0"/>
       <c r="AC22" s="0"/>
       <c r="AD22" s="0"/>
       <c r="AE22" s="0"/>
       <c r="AF22" s="0"/>
       <c r="AG22" s="0"/>
       <c r="AH22" s="0"/>
       <c r="AI22" s="0"/>
       <c r="AJ22" s="0"/>
       <c r="AK22" s="0"/>
       <c r="AL22" s="0"/>
       <c r="AM22" s="0"/>
       <c r="AN22" s="0"/>
       <c r="AO22" s="0"/>
     </row>
     <row r="23">
       <c r="A23" t="n" s="3">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
       <c r="B23" t="s" s="3">
         <v>98</v>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0"/>
       <c r="E23" s="0"/>
       <c r="F23" s="0"/>
       <c r="G23" s="0"/>
       <c r="H23" s="0"/>
       <c r="I23" s="0"/>
       <c r="J23" s="0"/>
       <c r="K23" s="0"/>
       <c r="L23" s="0"/>
       <c r="M23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="N23" s="0"/>
       <c r="O23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="P23" s="0"/>
       <c r="Q23" s="0"/>
       <c r="R23" s="0"/>
       <c r="S23" s="0"/>
@@ -2400,51 +2412,53 @@
         <v>2.0</v>
       </c>
       <c r="Z23" s="0"/>
       <c r="AA23" s="0"/>
       <c r="AB23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AC23" s="0"/>
       <c r="AD23" s="0"/>
       <c r="AE23" s="0"/>
       <c r="AF23" s="0"/>
       <c r="AG23" s="0"/>
       <c r="AH23" s="0"/>
       <c r="AI23" s="0"/>
       <c r="AJ23" s="0"/>
       <c r="AK23" s="0"/>
       <c r="AL23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AM23" t="n" s="0">
         <v>2.0</v>
       </c>
       <c r="AN23" t="n" s="0">
         <v>1.0</v>
       </c>
-      <c r="AO23" s="0"/>
+      <c r="AO23" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="n" s="3">
         <v>13.0</v>
       </c>
       <c r="B24" t="s" s="3">
         <v>99</v>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0"/>
       <c r="H24" s="0"/>
       <c r="I24" t="n" s="0">
         <v>4.0</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0"/>
       <c r="L24" s="0"/>
       <c r="M24" s="0"/>
       <c r="N24" s="0"/>
       <c r="O24" t="n" s="0">
         <v>2.0</v>
       </c>
@@ -3099,192 +3113,194 @@
       <c r="V36" s="0"/>
       <c r="W36" s="0"/>
       <c r="X36" s="0"/>
       <c r="Y36" s="0"/>
       <c r="Z36" s="0"/>
       <c r="AA36" s="0"/>
       <c r="AB36" s="0"/>
       <c r="AC36" s="0"/>
       <c r="AD36" s="0"/>
       <c r="AE36" s="0"/>
       <c r="AF36" s="0"/>
       <c r="AG36" s="0"/>
       <c r="AH36" s="0"/>
       <c r="AI36" t="n" s="0">
         <v>1.0</v>
       </c>
       <c r="AJ36" s="0"/>
       <c r="AK36" s="0"/>
       <c r="AL36" s="0"/>
       <c r="AM36" s="0"/>
       <c r="AN36" s="0"/>
       <c r="AO36" s="0"/>
     </row>
     <row r="37">
       <c r="A37" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B37" t="s" s="3">
         <v>112</v>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0"/>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0"/>
       <c r="H37" s="0"/>
-      <c r="I37" s="0"/>
+      <c r="I37" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0"/>
-      <c r="L37" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L37" s="0"/>
       <c r="M37" s="0"/>
       <c r="N37" s="0"/>
       <c r="O37" s="0"/>
       <c r="P37" s="0"/>
       <c r="Q37" s="0"/>
       <c r="R37" s="0"/>
       <c r="S37" s="0"/>
       <c r="T37" s="0"/>
       <c r="U37" s="0"/>
       <c r="V37" s="0"/>
       <c r="W37" s="0"/>
       <c r="X37" s="0"/>
       <c r="Y37" s="0"/>
       <c r="Z37" s="0"/>
       <c r="AA37" s="0"/>
       <c r="AB37" s="0"/>
       <c r="AC37" s="0"/>
       <c r="AD37" s="0"/>
       <c r="AE37" s="0"/>
       <c r="AF37" s="0"/>
       <c r="AG37" s="0"/>
       <c r="AH37" s="0"/>
       <c r="AI37" s="0"/>
       <c r="AJ37" s="0"/>
       <c r="AK37" s="0"/>
       <c r="AL37" s="0"/>
       <c r="AM37" s="0"/>
       <c r="AN37" s="0"/>
-      <c r="AO37" s="0"/>
+      <c r="AO37" t="n" s="0">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="B38" t="s" s="3">
         <v>113</v>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0"/>
       <c r="E38" s="0"/>
       <c r="F38" s="0"/>
       <c r="G38" s="0"/>
       <c r="H38" s="0"/>
       <c r="I38" s="0"/>
       <c r="J38" s="0"/>
       <c r="K38" s="0"/>
-      <c r="L38" s="0"/>
+      <c r="L38" t="n" s="0">
+        <v>4.0</v>
+      </c>
       <c r="M38" s="0"/>
       <c r="N38" s="0"/>
-      <c r="O38" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="O38" s="0"/>
       <c r="P38" s="0"/>
       <c r="Q38" s="0"/>
       <c r="R38" s="0"/>
       <c r="S38" s="0"/>
       <c r="T38" s="0"/>
       <c r="U38" s="0"/>
       <c r="V38" s="0"/>
       <c r="W38" s="0"/>
       <c r="X38" s="0"/>
       <c r="Y38" s="0"/>
       <c r="Z38" s="0"/>
-      <c r="AA38" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AA38" s="0"/>
       <c r="AB38" s="0"/>
       <c r="AC38" s="0"/>
       <c r="AD38" s="0"/>
       <c r="AE38" s="0"/>
       <c r="AF38" s="0"/>
       <c r="AG38" s="0"/>
       <c r="AH38" s="0"/>
-      <c r="AI38" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="AI38" s="0"/>
       <c r="AJ38" s="0"/>
       <c r="AK38" s="0"/>
       <c r="AL38" s="0"/>
       <c r="AM38" s="0"/>
       <c r="AN38" s="0"/>
       <c r="AO38" s="0"/>
     </row>
     <row r="39">
       <c r="A39" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="B39" t="s" s="3">
         <v>114</v>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0"/>
       <c r="E39" s="0"/>
       <c r="F39" s="0"/>
       <c r="G39" s="0"/>
       <c r="H39" s="0"/>
-      <c r="I39" t="n" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="I39" s="0"/>
       <c r="J39" s="0"/>
       <c r="K39" s="0"/>
       <c r="L39" s="0"/>
       <c r="M39" s="0"/>
       <c r="N39" s="0"/>
-      <c r="O39" s="0"/>
+      <c r="O39" t="n" s="0">
+        <v>2.0</v>
+      </c>
       <c r="P39" s="0"/>
       <c r="Q39" s="0"/>
       <c r="R39" s="0"/>
       <c r="S39" s="0"/>
       <c r="T39" s="0"/>
       <c r="U39" s="0"/>
       <c r="V39" s="0"/>
       <c r="W39" s="0"/>
       <c r="X39" s="0"/>
       <c r="Y39" s="0"/>
       <c r="Z39" s="0"/>
-      <c r="AA39" s="0"/>
+      <c r="AA39" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AB39" s="0"/>
       <c r="AC39" s="0"/>
       <c r="AD39" s="0"/>
       <c r="AE39" s="0"/>
       <c r="AF39" s="0"/>
       <c r="AG39" s="0"/>
       <c r="AH39" s="0"/>
-      <c r="AI39" s="0"/>
+      <c r="AI39" t="n" s="0">
+        <v>1.0</v>
+      </c>
       <c r="AJ39" s="0"/>
       <c r="AK39" s="0"/>
       <c r="AL39" s="0"/>
       <c r="AM39" s="0"/>
       <c r="AN39" s="0"/>
       <c r="AO39" s="0"/>
     </row>
     <row r="40">
       <c r="A40" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="B40" t="s" s="3">
         <v>115</v>
       </c>
       <c r="C40" s="0"/>
       <c r="D40" s="0"/>
       <c r="E40" s="0"/>
       <c r="F40" s="0"/>
       <c r="G40" s="0"/>
       <c r="H40" s="0"/>
       <c r="I40" s="0"/>
       <c r="J40" s="0"/>
       <c r="K40" s="0"/>
       <c r="L40" s="0"/>
       <c r="M40" s="0"/>